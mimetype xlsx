--- v0 (2025-12-07)
+++ v1 (2026-03-25)
@@ -54,246 +54,246 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17075</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17075/indicacao_51_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17075/indicacao_51_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a avaliação da necessidade de climatização do ambiente hospitalar em Mangaratiba, a fim de garantir condições adequadas de segurança e funcionamento para usuários e profissionais.</t>
   </si>
   <si>
     <t>17253</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17253/indicacao_146_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17253/indicacao_146_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito, em caráter de urgência, que determine à secretaria competente a criação de uma sala específica para a comunicação de óbitos e informações sobre o estado de saúde dos pacientes nos hospitais e unidades de saúde do município. Caso já exista um espaço adequado, que seja assegurado que essas informações sejam transmitidas exclusivamente dentro dessa sala, com o devido acolhimento aos familiares.</t>
   </si>
   <si>
     <t>17285</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Yury Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17285/indicacao_165_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17285/indicacao_165_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que providencie a instalação de um posto avançado da Secretaria de Fazenda em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>17364</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17364/indicacao_215_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17364/indicacao_215_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a criação de um espaço coberto, com assentos adequados, destinado aos acompanhantes de pacientes nas unidades hospitalares do município, especialmente na recepção principal.</t>
   </si>
   <si>
     <t>17388</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Kaio do José Luiz do Posto</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17388/indicacao_225_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17388/indicacao_225_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja providenciada, em caráter de urgência, junto ao órgão competente, a viabilidade da implantação de um posto de vistoria do DETRAN no município de Mangaratiba.</t>
   </si>
   <si>
     <t>17415</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Chicão da Ilha</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam adotadas medidas para otimizar a acomodação dos munícipes que aguardam atendimento na ESF da Praia do Saco, como a abertura do local em horário mais cedo ou a construção de uma cobertura na área externa.</t>
   </si>
   <si>
     <t>17435</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17435/indicacao_253_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17435/indicacao_253_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a disponibilização de uma embarcação com finalidade exclusiva de transportar moradores da Ilha de Jaguanum para atendimentos diversos de saúde, como consultas, exames, entre outros - 3º Distrito.</t>
   </si>
   <si>
     <t>17446</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Juninho Laurentino</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17446/indicacao_265_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17446/indicacao_265_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a revitalização do CTAC Muriqui (antigo Teleinfo), localizado na Praça João Bondim, no distrito de Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>17450</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>Marcinho Costa Verde</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17450/indicacao_269_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17450/indicacao_269_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de linha telefônica fixa nos postos de saúde do município de Mangaratiba, bem como a ampla divulgação dos respectivos números para a população.</t>
   </si>
   <si>
     <t>17841</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17841/indicacao_430_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17841/indicacao_430_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a ampliação do horário de atendimento da ESF Jaguanum para o mesmo horário de expediente da Escola Estadual Agostinho da Silveira Matos, na praia do Catita - 3º Distrito.</t>
   </si>
   <si>
     <t>17890</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>Daniel Vasconcellos</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17890/indicacao_453_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17890/indicacao_453_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a ampliação do horário de funcionamento do banheiro público localizado na região central do município, estendendo-o até às 17 horas - 1º Distrito.</t>
   </si>
   <si>
     <t>18034</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18034/indicacao_485_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18034/indicacao_485_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de um posto de atendimento da Previdência Social no CRAS de Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>18110</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18110/indicacao_534.2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18110/indicacao_534.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a realização do evento Detran Presente no município de Mangaratiba.</t>
   </si>
   <si>
     <t>17907</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17907/pl_50_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17907/pl_50_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos cartórios do município de Mangaratiba oferecerem aos usuários meios eletrônicos de pagamento, como pix, cartão de crédito e débito, e dá outras providências.</t>
   </si>
   <si>
     <t>18368</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18368/pl_70_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18368/pl_70_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Fila Zero Mangaratiba, que estabelece a prioridade de atendimento com hora marcada nos serviços públicos municipais e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -600,68 +600,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17075/indicacao_51_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17253/indicacao_146_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17285/indicacao_165_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17364/indicacao_215_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17388/indicacao_225_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17435/indicacao_253_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17446/indicacao_265_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17450/indicacao_269_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17841/indicacao_430_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17890/indicacao_453_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18034/indicacao_485_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18110/indicacao_534.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17907/pl_50_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18368/pl_70_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17075/indicacao_51_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17253/indicacao_146_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17285/indicacao_165_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17364/indicacao_215_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17388/indicacao_225_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17435/indicacao_253_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17446/indicacao_265_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17450/indicacao_269_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17841/indicacao_430_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17890/indicacao_453_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18034/indicacao_485_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18110/indicacao_534.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17907/pl_50_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18368/pl_70_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>