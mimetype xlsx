--- v0 (2025-12-11)
+++ v1 (2026-03-21)
@@ -10,725 +10,737 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="230">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17063</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17063/indicacao_39_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17063/indicacao_39_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a construção de um ponto de ônibus coberto na Estrada RJ-14, esquina com a Rua Décio Nogueira, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>17182</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Juninho Laurentino</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17182/indicacao_111_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17182/indicacao_111_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja estudada a possibilidade de providenciar, com urgência, o retorno do transporte "Tarifa Zero", beneficiando o distrito da Serra do Piloto e o bairro Ingaíba/Batatal - 5º Distrito.</t>
   </si>
   <si>
     <t>17209</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Doutor Cesinha</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17209/indicacao_121_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17209/indicacao_121_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a criação de um ponto de ônibus no bairro Acampamento, com foco no transporte público e escolar, a fim de atender melhor às necessidades da população local - 1º Distrito.</t>
   </si>
   <si>
     <t>17252</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17252/indicacao_145_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17252/indicacao_145_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a ampliação dos pontos de parada do ônibus gratuito com destino à Serra do Piloto e Fazenda Ingaíba ou, caso isso não seja viável, a implementação de uma carteira de identificação para moradores e trabalhadores dessas localidades, permitindo que o ônibus pare em qualquer ponto necessário para esse público, sem prejuízo aos visitantes ou demais usuários do transporte.</t>
   </si>
   <si>
     <t>17299</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Kaio do José Luiz do Posto</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17299/indicacao_170_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17299/indicacao_170_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja providenciada, em caráter de urgência, junto ao órgão competente, a reforma do ponto de ônibus localizado na Avenida Sete de Setembro, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>17302</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17302/indicacao_173_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17302/indicacao_173_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada, em caráter de urgência, a reforma do ponto de ônibus localizado em frente ao posto de gasolina, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>17306</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Chicão da Ilha</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17306/indicacao_177_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17306/indicacao_177_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada a instalação de um ponto de ônibus na RJ-14, na esquina com a Rua Tito Santiago, no Axixá de Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>17358</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17358/indicacao_207_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17358/indicacao_207_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja providenciada, em caráter de urgência, a instalação de placas de embarque e desembarque de passageiros em todos os cais e terminais rodoviários do município de Mangaratiba.</t>
   </si>
   <si>
     <t>17366</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Daniel Vasconcellos</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17366/indicacao_217_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17366/indicacao_217_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que estude a possibilidade de viabilizar a sinalização dos locais de embarque e desembarque em todas as escolas do município de Mangaratiba, sejam elas municipais, estaduais ou particulares, designando a secretaria competente para a execução desse serviço.</t>
   </si>
   <si>
     <t>17371</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17371/indicacao_221_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17371/indicacao_221_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de implantar o transporte gratuito para os servidores públicos municipais ativos, no deslocamento de ida e volta ao trabalho, no município de Mangaratiba</t>
   </si>
   <si>
     <t>17396</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17396/indicacao_235_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17396/indicacao_235_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, por meio da secretaria competente, providencie a instalação de um ponto de ônibus com estrutura adequada em frente à Escola Municipal Diogo Martins, para atender aos usuários da linha com destino à Serra do Piloto.</t>
   </si>
   <si>
     <t>17407</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17407/indicacao_242_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17407/indicacao_242_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a realização imediata de obras de reforma e recuperação do bueiro localizado na Rua João Bondim, no Morro da Encrenca, em Muriqui, nas proximidades da ESF local, tendo em vista que o referido bueiro, de grandes proporções e situado no meio da subida, encontra-se visivelmente danificado e afundando, comprometendo gravemente a mobilidade no local - 4º Distrito.</t>
   </si>
   <si>
     <t>17479</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Yury Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17479/indicacao_279_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17479/indicacao_279_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a realização de poda de árvore, melhorias na iluminação, instalação de guarda-corpo e revitalização do ponto de ônibus localizado na Rua Euclides Claudino da Silva, no bairro Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>17585</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17585/indicacao_305_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17585/indicacao_305_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que estude a possibilidade de realizar a reforma de dois pontos de ônibus localizados no distrito de Muriqui, sendo o primeiro na RJ-14, em frente ao número 47, nas proximidades da loja Estação 50 e do Point de Bebidas Muriqui, e o segundo na Avenida Sete de Setembro, em frente ao número 48, no Centro de Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>17633</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17633/indicacao_329_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17633/indicacao_329_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, seja construído um ponto de ônibus coberto na Rua Bermudes de Castro, ao lado do Material de Construção do Norton, no bairro Cerrado, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>17634</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17634/indicacao_330_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17634/indicacao_330_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, seja construído um ponto de ônibus coberto na Estrada RJ-14, em frente à Igreja Metodista Wesleyana, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>17718</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17718/indicacao_356_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17718/indicacao_356_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a reforma do ponto de ônibus localizado no trevo da Praia do Saco - 1º Distrito.</t>
   </si>
   <si>
     <t>17682</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17682/indicacao_357_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17682/indicacao_357_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja construído um ponto de ônibus ao lado do galpão localizado na Ingaíba - 1º Distrito.</t>
   </si>
   <si>
     <t>17687</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17687/indicacao_366_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17687/indicacao_366_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a revitalização e padronização dos pontos de ônibus do distrito de Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>17755</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17755/indicacao_391_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17755/indicacao_391_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a elaboração do Plano de Mobilidade Urbana do município de Mangaratiba.</t>
   </si>
   <si>
     <t>17834</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17834/indicacao_414_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17834/indicacao_414_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a manutenção estrutural ou construção de nova ponte na Fazenda Ingaíba, próximo à Escola Municipal Raul Werneck de Castro - 1º Distrito.</t>
   </si>
   <si>
     <t>17792</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17792/indicacao_420_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17792/indicacao_420_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja estudada a construção de um recuo para as vans que fazem o transporte coletivo na Rua Euclides Claudino da Silva, ponto das vans, bairro Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>17836</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17836/indicacao_425_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17836/indicacao_425_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a realização de estudos para a construção de uma rodoviária no Centro de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>17892</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>Marcinho Costa Verde</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17892/indicacao_455_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17892/indicacao_455_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, por intermédio da Empresa Pública de Transportes de Mangaratiba, seja providenciada a alteração do itinerário das vans do transporte coletivo da Serra do Piloto, incluindo em sua rota a passagem pela localidade do Rubião.</t>
   </si>
   <si>
     <t>17911</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17911/indicacao_457_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17911/indicacao_457_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja verificada a possibilidade de extensão das linhas da empresa Reginas, com ponto final em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>18028</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18028/indicacao_479_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18028/indicacao_479_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que determine à secretaria competente a disponibilização de meio de transporte adequado e permanente para atender às demandas da assistência social na Serra do Piloto - 5º Distrito.</t>
   </si>
   <si>
     <t>18031</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18031/indicacao_482_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18031/indicacao_482_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que providencie junto ao órgão competente que a van da linha Itacuruçá - Mangaratiba entre em Praia Grande para embarque e desembarque de passageiros ou que seja criada uma linha Muriqui - Praia Grande - Mangaratiba.</t>
   </si>
   <si>
     <t>18086</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18086/indicacao_508_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18086/indicacao_508_2025.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 537/2023 - Indica ao Exmo. Sr. Prefeito a construção de uma ciclovia ao longo da costeira que liga o distrito de Itacuruçá ao Centro de Mangaratiba, incluindo a instalação de mirantes em pontos estratégicos do percurso.</t>
   </si>
   <si>
     <t>18090</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18090/indicacao_512_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18090/indicacao_512_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de um bicicletário ao lado do DPO da Ingaíba - 1º Distrito.</t>
   </si>
   <si>
     <t>18093</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18093/indicacao_515_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18093/indicacao_515_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de uma baia para embarque e desembarque de passageiros de táxi boat na Praia da Gamboa, Ilha de Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>18169</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18169/indicacao_556_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18169/indicacao_556_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a reconstrução do ponto de ônibus situado na Estrada RJ-14, em frente ao nº 55, Praia Brava - 4º Distrito.</t>
   </si>
   <si>
     <t>18173</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18173/indicacao_560_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18173/indicacao_560_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja viabilizado transporte alternativo nos dias de festa no Centro - 1º Distrito.</t>
   </si>
   <si>
     <t>18201</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18201/indicacao_574_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18201/indicacao_574_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a construção de um ponto de ônibus na Rua Cipriano da Silva Barros, ao lado do galpão da Associação dos Produtores Rurais do Batatal, Ingaíba - 1º Distrito.</t>
   </si>
   <si>
     <t>18329</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18329/indicacao_no_608_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18329/indicacao_no_608_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implantação de sistema de bicicletas por locação na Praça Robert Simões, Centro - 1º Distrito.</t>
   </si>
   <si>
     <t>18375</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18375/indicacao_616_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18375/indicacao_616_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implantação de um sistema de bicicletas por locação na Praça de Sant’Anna, Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>18354</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18354/indicacao_623_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18354/indicacao_623_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a disponibilização de espaço para abrigar embarcações aquaviárias na Praia do Centro - 1º Distrito.</t>
   </si>
   <si>
     <t>18355</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18355/indicacao_624_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18355/indicacao_624_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de ponto de ônibus com cobertura na RJ-14, próximo à curva da Biquinha, esquina com a Rua Rio Grande do Norte - 4º Distrito.</t>
   </si>
   <si>
     <t>18382</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18382/indicacao_631_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18382/indicacao_631_2025.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 145/2025 - Indica ao Exmo. Sr. Prefeito a ampliação das paradas de ônibus na Serra do Piloto e na Ingaíba, ou, em alternativa, a criação de sistema de carteirinha para os moradores dessas localidades.</t>
   </si>
   <si>
     <t>18388</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18388/indicacao_637_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18388/indicacao_637_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a reforma do ponto de ônibus localizado na Rio-Santos, em frente à Cachoeira de Muriqui (sentido Mangaratiba) - 4º Distrito.</t>
   </si>
   <si>
     <t>18418</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18418/indicacao_647_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18418/indicacao_647_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de ponto de ônibus com cobertura na RJ-14, em frente à Padaria Palácio do Pão, Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>18431</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18431/indicacao_655_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18431/indicacao_655_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implantação de um sistema de bicicletas para locação na orla de Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>18533</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18533/indicacao_656_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18533/indicacao_656_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a reconstrução do ponto de ônibus localizado na Rodovia Rio-Santos, altura do km 421, Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>18467</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18467/indicacao_670_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18467/indicacao_670_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implantação de um sistema de bicicletas para locação na orla de Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>18470</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18470/indicacao_673_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18470/indicacao_673_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a construção de ponto de parada coberto para passageiros e moradores na Avenida Litorânea, Praça de Junqueira - 1º Distrito.</t>
   </si>
   <si>
     <t>18538</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18538/indicacao_700_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18538/indicacao_700_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a restauração do ponto de ônibus localizado na Rua Euclides Claudino da Silva, Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>18767</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18767/indicacao_736_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18767/indicacao_736_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de um ponto de ônibus coberto na Rodovia Luiz Ascendino Dantas, em frente ao Colégio Diogo Martins, Praia do Saco - 1º Distrito.</t>
   </si>
   <si>
     <t>18876</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18876/indicacao_774_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18876/indicacao_774_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que entre em contato com a Secretaria Municipal de Saúde para disponibilizar conduções aos moradores que necessitam realizar exames fora do município nos finais de semana - 1º Distrito.</t>
   </si>
   <si>
     <t>18898</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18898/indicacao_786_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18898/indicacao_786_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizado estudo técnico para ampliação do estacionamento na Rua Alameda Waldomiro José Nogueira, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>18949</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18949/indicacao_811_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18949/indicacao_811_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a reforma do ponto de ônibus localizado na Estrada RJ-14, próximo ao Parque Bela Vista - 1º Distrito.</t>
   </si>
   <si>
+    <t>19089</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19089/indicacao_860-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Exmo. Sr. Prefeito a instalação de ponto de ônibus com cobertura nas proximidades da rotatória, no início da Rua Miguel Simões, em Ibicuí - 1º Distrito.</t>
+  </si>
+  <si>
     <t>17001</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17001/pl_02_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17001/pl_02_2025.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para a mobilidade urbana sustentável no município de Mangaratiba e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1035,68 +1047,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17063/indicacao_39_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17182/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17209/indicacao_121_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17252/indicacao_145_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17299/indicacao_170_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17302/indicacao_173_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17306/indicacao_177_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17358/indicacao_207_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17366/indicacao_217_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17371/indicacao_221_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17396/indicacao_235_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17407/indicacao_242_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17479/indicacao_279_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17585/indicacao_305_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17633/indicacao_329_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17634/indicacao_330_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17718/indicacao_356_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17682/indicacao_357_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17687/indicacao_366_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17755/indicacao_391_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17834/indicacao_414_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17792/indicacao_420_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17836/indicacao_425_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17892/indicacao_455_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17911/indicacao_457_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18028/indicacao_479_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18031/indicacao_482_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18086/indicacao_508_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18090/indicacao_512_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18093/indicacao_515_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18169/indicacao_556_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18173/indicacao_560_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18201/indicacao_574_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18329/indicacao_no_608_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18375/indicacao_616_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18354/indicacao_623_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18355/indicacao_624_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18382/indicacao_631_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18388/indicacao_637_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18418/indicacao_647_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18431/indicacao_655_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18533/indicacao_656_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18467/indicacao_670_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18470/indicacao_673_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18538/indicacao_700_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18767/indicacao_736_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18876/indicacao_774_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18898/indicacao_786_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18949/indicacao_811_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17001/pl_02_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17063/indicacao_39_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17182/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17209/indicacao_121_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17252/indicacao_145_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17299/indicacao_170_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17302/indicacao_173_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17306/indicacao_177_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17358/indicacao_207_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17366/indicacao_217_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17371/indicacao_221_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17396/indicacao_235_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17407/indicacao_242_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17479/indicacao_279_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17585/indicacao_305_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17633/indicacao_329_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17634/indicacao_330_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17718/indicacao_356_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17682/indicacao_357_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17687/indicacao_366_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17755/indicacao_391_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17834/indicacao_414_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17792/indicacao_420_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17836/indicacao_425_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17892/indicacao_455_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17911/indicacao_457_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18028/indicacao_479_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18031/indicacao_482_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18086/indicacao_508_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18090/indicacao_512_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18093/indicacao_515_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18169/indicacao_556_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18173/indicacao_560_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18201/indicacao_574_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18329/indicacao_no_608_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18375/indicacao_616_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18354/indicacao_623_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18355/indicacao_624_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18382/indicacao_631_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18388/indicacao_637_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18418/indicacao_647_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18431/indicacao_655_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18533/indicacao_656_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18467/indicacao_670_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18470/indicacao_673_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18538/indicacao_700_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18767/indicacao_736_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18876/indicacao_774_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18898/indicacao_786_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18949/indicacao_811_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19089/indicacao_860-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17001/pl_02_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2367,63 +2379,89 @@
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>87</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H50" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>220</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>221</v>
       </c>
       <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>223</v>
       </c>
-      <c r="F51" t="s">
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>224</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" t="s">
+        <v>226</v>
+      </c>
+      <c r="E52" t="s">
+        <v>227</v>
+      </c>
+      <c r="F52" t="s">
         <v>165</v>
       </c>
-      <c r="G51" s="1" t="s">
-[...3 lines deleted...]
-        <v>225</v>
+      <c r="G52" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H52" t="s">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2434,50 +2472,51 @@
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>