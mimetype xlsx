--- v0 (2025-12-11)
+++ v1 (2026-03-15)
@@ -10,248 +10,287 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="79">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16984</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16984/indicacao_06_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16984/indicacao_06_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a incorporação do CAICA/CRAS, localizado no Parque Manir da Costa, na Serra do Piloto, à Fundação Mário Peixoto, com o objetivo de desenvolver projetos com a comunidade local, considerando que o espaço se encontra desativado.</t>
   </si>
   <si>
     <t>16985</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16985/indicacao_07_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16985/indicacao_07_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implementação do Projeto "Casa TEA", destinado ao atendimento de pacientes e familiares que convivem com o Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>17011</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17011/indicacao_13_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17011/indicacao_13_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de criar um fundo denominado Fundo APA Marinho Boto Cinza, destinado a empresas e ONGs, com o objetivo de fomentar investimentos socioambientais e promover a redução e mitigação dos danos causados por essas entidades ao meio ambiente.</t>
   </si>
   <si>
     <t>17139</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17139/indicacao_89_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17139/indicacao_89_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito o aumento do número de beneficiários do programa Bolsa Atleta para 30 contemplados, considerando que atualmente o programa atende 10 atletas.</t>
   </si>
   <si>
     <t>17761</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17761/indicacao_403_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17761/indicacao_403_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, por meio da secretaria competente, estude a viabilidade de criação de mecanismos de incentivo para atrair e levar profissionais da educação ao distrito de Serra do Piloto, em Mangaratiba - 5º Distrito.</t>
   </si>
   <si>
     <t>18194</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18194/indicacao_567_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18194/indicacao_567_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja reativado, em caráter de urgência, o Beco da Poesia, ao lado do Museu, no Centro - 1º Distrito.</t>
   </si>
   <si>
     <t>18327</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18327/indicacao_no_604_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18327/indicacao_no_604_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implantação das modalidades de jiu-jitsu, judô e funcional na sala “Sou do Esporte”, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>18660</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18660/indicacao_721_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18660/indicacao_721_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implementação do projeto Escolinha de Futebol na quadra de esportes do Parque Bela Vista - 1º Distrito.</t>
   </si>
   <si>
     <t>18814</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>Kaio do José Luiz do Posto</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18814/indicacao_756_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18814/indicacao_756_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que estude a viabilidade de implantar planos corporativos de bem-estar e atividade física, como Gympass e TotalPass, voltados aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>18847</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18847/indicacao_768_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18847/indicacao_768_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a criação do Projeto Verão para as crianças do distrito de Muriqui - 4º Distrito.</t>
   </si>
   <si>
+    <t>19087</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19087/indicacao_858-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Exmo. Sr. Prefeito a criação do Projeto Verão destinado às crianças do distrito de Itacuruçá, durante o período de férias escolares - 3º Distrito.</t>
+  </si>
+  <si>
+    <t>19091</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19091/indicacao_862-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Exmo. Sr. Prefeito a implantação de aulas gratuitas de inclusão digital na Casa da Terceira Idade, em Muriqui - 4º Distrito.</t>
+  </si>
+  <si>
     <t>17022</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17022/pl_06.2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17022/pl_06.2025.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Mangaratiba o "Dia da Documentação Civil" e a "Semana de Acesso à documentação Civil" e dá outras providências.</t>
   </si>
   <si>
     <t>18828</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18828/pl_82_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18828/pl_82_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Futebol Profissional e de Base de Mangaratiba, autoriza a criação de um time profissional de futebol com categorias de base, estabelece parcerias com a iniciativa privada e permite o recebimento de emendas parlamentares destinadas ao esporte, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>19037</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Yury Aguiar</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19037/projeto_de_lei_no90_de_2025_yury_aguiar_programa_bom_de_bola_bom_na_escola_000031.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do município de Mangaratiba, o Programa "Bom de Bola, Bom na Escola" e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -555,68 +594,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16984/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16985/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17011/indicacao_13_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17139/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17761/indicacao_403_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18194/indicacao_567_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18327/indicacao_no_604_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18660/indicacao_721_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18814/indicacao_756_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18847/indicacao_768_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17022/pl_06.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18828/pl_82_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16984/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/16985/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17011/indicacao_13_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17139/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17761/indicacao_403_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18194/indicacao_567_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18327/indicacao_no_604_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18660/indicacao_721_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18814/indicacao_756_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18847/indicacao_768_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19087/indicacao_858-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19091/indicacao_862-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17022/pl_06.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18828/pl_82_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19037/projeto_de_lei_no90_de_2025_yury_aguiar_programa_bom_de_bola_bom_na_escola_000031.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -870,108 +909,189 @@
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>61</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>63</v>
       </c>
-      <c r="G13" s="1" t="s">
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
         <v>64</v>
       </c>
-      <c r="H13" t="s">
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
         <v>65</v>
+      </c>
+      <c r="E14" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" t="s">
+        <v>66</v>
+      </c>
+      <c r="F16" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>