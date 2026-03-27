--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -10,650 +10,737 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="229">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17505</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17505/pr_08_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17505/pr_08_2025.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimentos e normatiza a gestão e fiscalização de contratos conforme a Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>17055</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PCOT</t>
   </si>
   <si>
     <t>Parecer COTSP</t>
   </si>
   <si>
     <t>COMISSÃO DE OBRAS, TRANSPORTES E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17055/parecer_cotsp_01_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17055/parecer_cotsp_01_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2024 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 004/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Altera a composição das comissões instituídas pelas Leis nº1.522/2023, nº 1.523/2023 e nº1.536/2024 no Município de Mangaratiba, garantindo a livre nomeação e indicação pelo Chefe do Poder Executivo”.</t>
   </si>
   <si>
     <t>17118</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17118/parecer_cotsp_02_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17118/parecer_cotsp_02_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 002/2025 de autoria do Sr. Vereador Nilton Santiago que "Regulamenta, no âmbito da Câmara Municipal de Mangaratiba, o disposto no §2º do artigo 95 da Lei Federal nº 14.133/2021 para pequenas compras ou prestação de serviços de pronto pagamento, e dá outras providências".</t>
   </si>
   <si>
     <t>17199</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Parecer 003/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 003/2025 de autoria do Sr. Vereador Nilton Santiago que "Estabelece procedimentos para a realização de pesquisa de preços para aquisição de bens e contratação de serviços em geral nas contratações públicas de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal."</t>
   </si>
   <si>
     <t>17204</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17204/parecer_c._obras_04_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17204/parecer_c._obras_04_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 004/2025 de autoria do Sr. Vereador Nilton Santiago que "Estabelece as diretrizes para atuação do agente de contratação e da equipe de apoio, o funcionamento da comissão de contratação e a atuação dos gestores e fiscais de contratos, de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal".</t>
   </si>
   <si>
     <t>17344</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17344/parecer_c._obras_05_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17344/parecer_c._obras_05_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 005/2025 de autoria do Sr. Vereador Nilton Santiago que "Dispõe sobre a regulamentação do disposto no art. 20º da Lei nº 14.133, de 1º de abril de 2021, para estabelecer o enquadramento dos bens de consumo adquiridos para suprir as demandas deste Legislativo nas categorias de qualidade comum e de luxo".</t>
   </si>
   <si>
     <t>17347</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17347/parecer_c._obras_06_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17347/parecer_c._obras_06_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 006/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 006/2025 de autoria do Sr. Vereador Nilton Santiago que "Estabelece procedimentos para a elaboração dos Estudos Técnicos Preliminares – ETP, para aquisição de bens e contratação de serviços e obras de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal".</t>
   </si>
   <si>
     <t>17350</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17350/parecer_c._obras_07_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17350/parecer_c._obras_07_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 007/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 007/2025 de autoria do Sr. Vereador Nilton Santiago que "Dispõe sobre a regulamentação do disposto no art. 20º da Lei nº 14.133, de 1º de abril de 2021, para estabelecer o enquadramento dos bens de consumo adquiridos para suprir as demandas deste Legislativo nas categorias de qualidade comum e de luxo".</t>
   </si>
   <si>
     <t>17521</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17521/parecer_c._obras_08_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17521/parecer_c._obras_08_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 008/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 002/2025 de autoria do Sr. Vereador Nilton Santiago que “Institui diretrizes para a mobilidade urbana sustentável no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17522</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17522/parecer_c._obras_09_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17522/parecer_c._obras_09_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 009/2025 da Comissão de Obras, Transportes e Serviços Públicos favoráveis ao Projeto de Lei 003/2025 de autoria do Sr. Vereador Josué Té que “Dispõe sobre a realização anual de casamentos coletivos no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17523</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17523/parecer_c._obras_10_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17523/parecer_c._obras_10_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 010/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 004/2025 de autoria do Sr. Vereador Daniel Vasconcellos que “Dispõe sobre o dever de apresentar e executar um plano de monitoramento para a limpeza e desassoreamento periódico de rios, córregos e bueiros no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17524</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17524/parecer_c._obras_11_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17524/parecer_c._obras_11_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 011/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 005/2025 de autoria da Sra. Vereadora Cecília Cabral que “Dispõe sobre a criação de uma nova unidade de ensino de educação infantil/1º segmento, localizada no bairro da Cachoeira e dá outras providências”.</t>
   </si>
   <si>
     <t>17525</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17525/parecer_c._obras_12_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17525/parecer_c._obras_12_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 012/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 006/2025 de autoria do Sr. Vereador João Felippe que “Institui no Calendário Oficial do Município de Mangaratiba o 'Dia da Documentação Civil' e a 'Semana de Acesso à documentação Civil' e dá outras providências”.</t>
   </si>
   <si>
     <t>17545</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17545/parecer_c._obras_13_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17545/parecer_c._obras_13_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 013/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 008/2025 de autoria do Sr. Vereador Dr. Mair que “Dispõe sobre a proibição do acesso aos cais públicos e o transporte em embarcações de passageiros de churrasqueiras e produtos usados para tais fins e dá outras providências”.</t>
   </si>
   <si>
     <t>17526</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17526/parecer_c._obras_14_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17526/parecer_c._obras_14_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 014/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 009/2025 de autoria do Sr. Vereador Chicão da Ilha que “Dispõe sobre a criação de uma unidade de saúde veterinária em Itacuruçá”.</t>
   </si>
   <si>
     <t>17527</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17527/parecer_c._obras_15_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17527/parecer_c._obras_15_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 015/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 013/2025 de autoria do Sr. Vereador Doutor Cesinha que “Institui a Semana de Valorização a Mulher do município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>17536</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17536/parecer_c._obras_16_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17536/parecer_c._obras_16_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 016/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 008/2025 de autoria do Sr. Vereador Nilton Santiago que “Estabelece procedimentos e normatiza a gestão e fiscalização de contratos conforme a Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal”.</t>
   </si>
   <si>
     <t>17537</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17537/parecer_c._obras_17_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17537/parecer_c._obras_17_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 017/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 009/2025 de autoria do Sr. Vereador Nilton Santiago que “Estabelece procedimentos para a elaboração do Termo de Referência – TR, para aquisição de bens e contratação de serviços e obras de que trata a Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal”.</t>
   </si>
   <si>
     <t>17538</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17538/parecer_c._obras_18_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17538/parecer_c._obras_18_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 018/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 009/2025 de autoria do Chefe do Poder Executivo Municipal que "Revoga a Lei nº 1.018/2016, que 'Dispõe sobre o Conselho dos Direitos da Mulher do Município de Mangaratiba', e cria o Conselho dos Direitos da Mulher de Mangaratiba (CODIMM), e dá outras providências".</t>
   </si>
   <si>
     <t>17617</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17617/parecer_c._obras_19_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17617/parecer_c._obras_19_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 019/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Resolução 010/2025 de autoria do Sr. Vereador Nilton Santiago que “Regulamenta na Câmara Municipal de Mangaratiba a realização de pequenas despesas, na forma de suprimento e fundos, mediante prévio empenho, conforme preceitos dos artigos 60 a 68 da Lei Federal nº 4.320/64 e dá outras providências”.</t>
   </si>
   <si>
     <t>17805</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17805/parecer_c._obras_20_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17805/parecer_c._obras_20_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 020/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 012/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre o uso adequado, a disposição e o transporte com caçambas coletoras de entulho, autorização de uso dos espaços públicos para descarte de entulho e define preço público e multa para a retirada de entulho de construção civil do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17806</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17806/parecer_c._obras_21_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17806/parecer_c._obras_21_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 021/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 016/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Cria o Programa Mangaratiba no Clima e dá outras providências”.</t>
   </si>
   <si>
     <t>17807</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17807/parecer_c._obras_22_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17807/parecer_c._obras_22_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 022/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 017/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Cria o Programa Lixo Zero e dá outras providências”.</t>
   </si>
   <si>
     <t>17808</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17808/parecer_c._obras_23_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17808/parecer_c._obras_23_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 023/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 018/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Institui o Programa de Adoção de Parques, Canteiros e Pórticos no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17809</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17809/parecer_c._obras_24_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17809/parecer_c._obras_24_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 024/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 019/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Institui o Programa de Manejo Ético dos Gatos da Ilha Furtada no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17824</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17824/parecer_c._obras_25_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17824/parecer_c._obras_25_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 025/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 007/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Aprova a Planta Genérica de Valores para determinação do Valor Venal, base de cálculo do IPTU, e dá outras providências”.</t>
   </si>
   <si>
     <t>17825</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17825/parecer_c._obras_26_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17825/parecer_c._obras_26_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 026/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 017/2025 de autoria do Sr. Vereador Daniel Vasconcellos que “Dispõe sobre a prioridade de matrícula para mães atípicas em creches e escolas próximas de suas residências e locais de trabalho no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17830</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17830/parecer_c._obras_27_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17830/parecer_c._obras_27_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 027/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 018/2025 de autoria do Sr. Vereador Dr. Mair que “Dispõe sobre a obrigação das concessionárias de energia e comunicações a realizarem a poda de árvores próximas as suas redes de distribuição e dá outras providências”.</t>
   </si>
   <si>
     <t>17826</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17826/parecer_c._obras_28_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17826/parecer_c._obras_28_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 028/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 019/2025 de autoria dos Senhores Vereadores Nilton Santiago e Doutor Cesinha que “Institui o Programa Municipal de Controles de Doenças por Vetores através de modificação genética de mosquitos e dá outras providências no município de Mangaratiba”.</t>
   </si>
   <si>
     <t>17827</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17827/parecer_c._obras_29_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17827/parecer_c._obras_29_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 029/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 020/2025 de autoria do Sr. Vereador Yury Aguiar que “Dispõe sobre a criação da Semana Municipal do Esporte e dá outras providências”.</t>
   </si>
   <si>
     <t>17831</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17831/parecer_c._obras_30_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17831/parecer_c._obras_30_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 030/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 022/2025 de autoria do Sr. Vereador Dr. Mair que “Dispõe sobre a implantação da cinoterapia no âmbito do município e dá outras providências”.</t>
   </si>
   <si>
     <t>17828</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17828/parecer_c._obras_31_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17828/parecer_c._obras_31_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 031/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 023/2025 de autoria do Sr. Vereador Nilton Santiago que “Dispõe sobre a instalação de chuveiros públicos com água doce nas praias do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>17829</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17829/parecer_c._obras_32_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17829/parecer_c._obras_32_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 032/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 025/2025 de autoria do Sr. Vereador Marcinho Costa Verde que “Dispõe sobre o Programa "Espaço Azul TEAcolhe" e dá outras providências”.</t>
   </si>
   <si>
     <t>17949</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17949/parecer_c._obras_33_2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17949/parecer_c._obras_33_2025.pdf</t>
   </si>
   <si>
     <t>Parecer 033/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 014/2025 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a criação da campanha ‘Junho Laranja’ no Município de Mangaratiba, voltada à conscientização e prevenção de queimaduras”.</t>
   </si>
   <si>
     <t>18265</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18265/parecer_cotsp_34.2025.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18265/parecer_cotsp_34.2025.pdf</t>
   </si>
   <si>
     <t>Parecer 034/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 012/2025 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a obrigatoriedade de disponibilização de livros e legislações do município em formato braile nas bibliotecas municipais de Mangaratiba, visando a acessibilidade de pessoas com deficiência visual”.</t>
   </si>
   <si>
     <t>18267</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18267/parecer_35_2025_cotsp.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18267/parecer_35_2025_cotsp.pdf</t>
   </si>
   <si>
     <t>Parecer 035/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 016/2025 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a Instituição da Política Municipal de Valorização e Promoção da Saúde e qualidade de vida dos profissionais da Educação e dá outras providências".</t>
   </si>
   <si>
     <t>18295</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18295/parecer_cotsp_no36_pl_33.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18295/parecer_cotsp_no36_pl_33.pdf</t>
   </si>
   <si>
     <t>Parecer 036/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 033/2025 de autoria do Sr. Vereador Daniel Vasconcellos que “Dispõe sobre a obrigatoriedade de remoção de cabos e fiações aéreas excedentes e sem uso por empresas prestadoras de serviços no município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>18296</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18296/parecer_cotsp_no37_pl_37.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18296/parecer_cotsp_no37_pl_37.pdf</t>
   </si>
   <si>
     <t>Parecer 037/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 037/2025 de autoria do Sr. Vereador Josué Té que “Modifica os Artigos 3º e 4º da Lei nº1.253, de 31 de outubro de 2019, que 'Dispõe sobre a criação da Escola de Música (curso livre de música) e a criação da Orquestra Municipal de Mangaratiba e dá outras providências'”.</t>
   </si>
   <si>
     <t>18307</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18307/parecer_cotsp_no_38_pl_43.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18307/parecer_cotsp_no_38_pl_43.pdf</t>
   </si>
   <si>
     <t>Parecer 038/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 043/2025 de autoria do Sr. Vereador Dr. Cesinha que “Institui o Programa Municipal de Descoberta de Sinais Precoces de Autismo do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>18313</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18313/parecer_39_2025_cotsp.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18313/parecer_39_2025_cotsp.pdf</t>
   </si>
   <si>
     <t>Parecer 039/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 013/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Ratifica o Protocolo de Intenções do Consórcio Intermunicipal de Turismo da Costa Verde”.</t>
   </si>
   <si>
     <t>18316</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18316/parecer_40_2025_cotsp.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18316/parecer_40_2025_cotsp.pdf</t>
   </si>
   <si>
     <t>Parecer 040/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 029/2025 de autoria do Sr. Vereador Daniel Vasconcellos que “Estabelece Sanções Administrativas a Pessoas Físicas e Jurídicas que depredam Patrimônio Público no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>18319</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18319/parecer_41_2025_cotsp.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18319/parecer_41_2025_cotsp.pdf</t>
   </si>
   <si>
     <t>Parecer 041/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 015/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a reestruturação do Conselho Municipal da Juventude de Mangaratiba, redefinindo sua composição e vinculação institucional, e dá outras providências”.</t>
   </si>
   <si>
     <t>18373</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Parecer 042/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 044/2025 de autoria do Sr. Vereador Doutor Cesinha que “Institui o Código Municipal do Consumidor e dá outras providências”.</t>
   </si>
   <si>
     <t>18374</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Parecer 043/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 038/2025 de autoria do Sr. Vereador Doutor Cesinha que “Dispõe sobre a instituição do programa “Mente Saudável” para a Assistência Psicológica nas Escolas da rede municipal de ensino e dá outras providências”.</t>
   </si>
   <si>
     <t>18632</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18632/parecer_no44_da_c_obras_-_mensagem_no14_de_2025_casa_juventude_20251029_10443056.pdf</t>
+  </si>
+  <si>
     <t>Parecer 044/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 014/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a criação da Casa da Juventude no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>18636</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18636/parecer_no45_c_obras_-_mensagem_no24_20251029_12363154.pdf</t>
+  </si>
+  <si>
     <t>Parecer 045/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 024/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a contratação de pessoal, por prazo determinado pela Administração Pública Direta e Indireta do Município de Mangaratiba, para atender à necessidade temporária de excepcional interesse público, nos termos do Artigo 37, Inciso IX da Constituição da República, e dá outras providências".</t>
   </si>
   <si>
     <t>18639</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18639/parecer_no46_c_obras_-_pl_no45_cecilia_20251029_12485798.pdf</t>
+  </si>
+  <si>
     <t>Parecer 046/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 045/2025 de autoria da Sra. Vereadora Cecília Cabral que “Altera o artigo 1º, artigo 5º, artigo 6º, artigo 7º, artigo 10, artigo 11 e acrescenta o artigo 12 da Lei nº 948 de 17 de dezembro de 2014 no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>18643</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>Parecer 047/2025 da Comissão de Obras, Transportes e Serviços Públicos favoráveis ao Projeto de Lei 049/2025 de autoria do Sr. Vereador Dr. Mair que “Cria o programa de navegação de pacientes oncológicos na forma que menciona, e dá outras providências”.</t>
+    <t>Parecer 047/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 049/2025 de autoria do Sr. Vereador Dr. Mair que “Cria o programa de navegação de pacientes oncológicos na forma que menciona, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>19013</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19013/parecer_cotsp_48_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer 048/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 065/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que "Dispõe sobre a criação da Lei do Serviço de Inspeção Municipal e os procedimentos obrigatórios de Inspeção Sanitária em estabelecimentos que manipulam e/ou processam produtos de origem animal no município de Mangaratiba/RJ e dá outras providências".</t>
+  </si>
+  <si>
+    <t>19018</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19018/parecer_cotsp_49_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer 049/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 066/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Dispõe sobre a regulamentação dos serviços de intermediação e hospedagens de temporada ou curta duração no município de Mangaratiba, altera o artigo 145 do Código Tributário Municipal e dá outras providências".</t>
+  </si>
+  <si>
+    <t>19023</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19023/parecer_cotsp_50_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer 050/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 067/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Altera, em parte, a estrutura administrativa básica da Prefeitura Municipal de Mangaratiba, Lei Complementar nº41 de janeiro de 2017, cria a Secretaria de Serviços Públicos e dá outras providências".</t>
+  </si>
+  <si>
+    <t>19067</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Parecer 051/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 030/2025 de autoria do Sr. Vereador João Felippe que “Institui o Programa de Auxílio Aluguel Temporário para mulheres vítimas de violência doméstica no município de Mangaratiba e dá outras providências.</t>
+  </si>
+  <si>
+    <t>19076</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19076/parecer_cotsp_52_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer 052/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 038/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que "Dispõe sobre o Programa Bombeiro Mirim no município de Mangaratiba e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>19079</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Parecer 053/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 042/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Institui a Política de Educação em Tempo Integral no âmbito do Sistema Municipal de Ensino de Mangaratiba e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>19097</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19097/parecer_cotsp_54_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer 054/2025 da Comissão de Obras, Transportes e Serviços Públicos favorável à Mensagem 046/2025 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Cria o Programa Futuro Certo, que revoga a Lei nº 1377/2021 e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -957,68 +1044,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17505/pr_08_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17055/parecer_cotsp_01_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17118/parecer_cotsp_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17204/parecer_c._obras_04_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17344/parecer_c._obras_05_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17347/parecer_c._obras_06_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17350/parecer_c._obras_07_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17521/parecer_c._obras_08_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17522/parecer_c._obras_09_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17523/parecer_c._obras_10_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17524/parecer_c._obras_11_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17525/parecer_c._obras_12_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17545/parecer_c._obras_13_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17526/parecer_c._obras_14_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17527/parecer_c._obras_15_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17536/parecer_c._obras_16_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17537/parecer_c._obras_17_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17538/parecer_c._obras_18_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17617/parecer_c._obras_19_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17805/parecer_c._obras_20_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17806/parecer_c._obras_21_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17807/parecer_c._obras_22_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17808/parecer_c._obras_23_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17809/parecer_c._obras_24_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17824/parecer_c._obras_25_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17825/parecer_c._obras_26_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17830/parecer_c._obras_27_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17826/parecer_c._obras_28_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17827/parecer_c._obras_29_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17831/parecer_c._obras_30_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17828/parecer_c._obras_31_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17829/parecer_c._obras_32_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17949/parecer_c._obras_33_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18265/parecer_cotsp_34.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18267/parecer_35_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18295/parecer_cotsp_no36_pl_33.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18296/parecer_cotsp_no37_pl_37.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18307/parecer_cotsp_no_38_pl_43.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18313/parecer_39_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18316/parecer_40_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18319/parecer_41_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17505/pr_08_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17055/parecer_cotsp_01_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17118/parecer_cotsp_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17204/parecer_c._obras_04_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17344/parecer_c._obras_05_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17347/parecer_c._obras_06_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17350/parecer_c._obras_07_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17521/parecer_c._obras_08_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17522/parecer_c._obras_09_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17523/parecer_c._obras_10_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17524/parecer_c._obras_11_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17525/parecer_c._obras_12_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17545/parecer_c._obras_13_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17526/parecer_c._obras_14_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17527/parecer_c._obras_15_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17536/parecer_c._obras_16_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17537/parecer_c._obras_17_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17538/parecer_c._obras_18_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17617/parecer_c._obras_19_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17805/parecer_c._obras_20_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17806/parecer_c._obras_21_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17807/parecer_c._obras_22_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17808/parecer_c._obras_23_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17809/parecer_c._obras_24_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17824/parecer_c._obras_25_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17825/parecer_c._obras_26_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17830/parecer_c._obras_27_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17826/parecer_c._obras_28_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17827/parecer_c._obras_29_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17831/parecer_c._obras_30_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17828/parecer_c._obras_31_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17829/parecer_c._obras_32_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/17949/parecer_c._obras_33_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18265/parecer_cotsp_34.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18267/parecer_35_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18295/parecer_cotsp_no36_pl_33.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18296/parecer_cotsp_no37_pl_37.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18307/parecer_cotsp_no_38_pl_43.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18313/parecer_39_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18316/parecer_40_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18319/parecer_41_2025_cotsp.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18632/parecer_no44_da_c_obras_-_mensagem_no14_de_2025_casa_juventude_20251029_10443056.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18636/parecer_no45_c_obras_-_mensagem_no24_20251029_12363154.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/18639/parecer_no46_c_obras_-_pl_no45_cecilia_20251029_12485798.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19013/parecer_cotsp_48_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19018/parecer_cotsp_49_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19023/parecer_cotsp_50_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19076/parecer_cotsp_52_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2025/19097/parecer_cotsp_54_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="160.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2168,132 +2255,314 @@
       </c>
       <c r="H45" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>188</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>189</v>
       </c>
       <c r="D46" t="s">
         <v>18</v>
       </c>
       <c r="E46" t="s">
         <v>19</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>29</v>
+        <v>190</v>
       </c>
       <c r="H46" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D47" t="s">
         <v>18</v>
       </c>
       <c r="E47" t="s">
         <v>19</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>29</v>
+        <v>194</v>
       </c>
       <c r="H47" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D48" t="s">
         <v>18</v>
       </c>
       <c r="E48" t="s">
         <v>19</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="H48" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D49" t="s">
         <v>18</v>
       </c>
       <c r="E49" t="s">
         <v>19</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H49" t="s">
-        <v>199</v>
+        <v>202</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>204</v>
+      </c>
+      <c r="D50" t="s">
+        <v>18</v>
+      </c>
+      <c r="E50" t="s">
+        <v>19</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H50" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" t="s">
+        <v>19</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H51" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>211</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>212</v>
+      </c>
+      <c r="D52" t="s">
+        <v>18</v>
+      </c>
+      <c r="E52" t="s">
+        <v>19</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H52" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>216</v>
+      </c>
+      <c r="D53" t="s">
+        <v>18</v>
+      </c>
+      <c r="E53" t="s">
+        <v>19</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H53" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>219</v>
+      </c>
+      <c r="D54" t="s">
+        <v>18</v>
+      </c>
+      <c r="E54" t="s">
+        <v>19</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H54" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>18</v>
+      </c>
+      <c r="E55" t="s">
+        <v>19</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H55" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>225</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>226</v>
+      </c>
+      <c r="D56" t="s">
+        <v>18</v>
+      </c>
+      <c r="E56" t="s">
+        <v>19</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H56" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2302,50 +2571,57 @@
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>