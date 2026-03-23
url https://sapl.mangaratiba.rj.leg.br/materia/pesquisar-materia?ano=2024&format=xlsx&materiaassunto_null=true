--- v0 (2025-12-10)
+++ v1 (2026-03-23)
@@ -54,1580 +54,1580 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15489</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito, em caráter de urgência, o serviço de recapeamento e operação tapa-buraco em toda a extensão da RJ14, Axixá, Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>15490</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_58_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_58_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito, em caráter de urgência, a reforma completa em toda a extensão da Rua Manoel João, antiga Rua E, Axixá, Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>15459</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15459/indicacao_66_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15459/indicacao_66_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que, em caráter de urgência, entre em contato com as secretarias competentes, para que seja feita a reforma da Ponte e do Guarda Corpo localizada na Rua Santana, Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>15497</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_83_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_83_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que providencie em atenção ao artigo 4º da Lei Municipal n.º 1.167/2018, seja realizada pelo Poder Executivo a Festa da Cocada do Distrito de Muriqui, na última semana do mês de julho, buscando promover a participação das tradicionais cocadeiras da localidade</t>
   </si>
   <si>
     <t>15556</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15556/indicacao_106_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15556/indicacao_106_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que avalie a possibilidade de realizar a limpeza do escoadouro localizado à Rua Projetada B, popularmente conhecida como Rua da Creche Nilton Xavier, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>15757</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_197_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_197_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja realizada a construção de caixas de passagem em todo trecho da Rua Lírio, Praia do Saco - 1º Distrito.</t>
   </si>
   <si>
     <t>15767</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15767/indicacao_202_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15767/indicacao_202_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que avalie a possibilidade de fazer a manutenção do elevador da Escola Municipal Antônio Cordeiro Portugal, na Serra do Piloto, em Mangaratiba - 5º Distrito.</t>
   </si>
   <si>
     <t>15769</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15769/indicacao_204_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15769/indicacao_204_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que na medida do possível, encaminhe-se à SECRETARIA DE COMPETÊNCIA, para que proceda com a instalação de ar-condicionado nas salas de aula da Escola Municipal Jurandir dos Santos Fernandes no Vale do Rio Sahy, Sahy, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>15805</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15805/indicacao_219_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15805/indicacao_219_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja instalado um bebedouro na Escola Municipal Maria Helena Almeida Ferrazani, localizada na Rua Ângelo Ferro, 14, Ibicuí, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>15826</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Dr. Davi</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_226_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_226_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias, de interesse público, para que se realize a poda da árvore, na Rua Pr. Manuel M. de Souza (transversal a Estrada São João Marcos), no bairro Nova Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>15852</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_245_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_245_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de construir parceria com os Correios a fim de promover projetos sociais, tais como o de incentivo as artes locais, cooperativas e a eventos de esportes.</t>
   </si>
   <si>
     <t>16087</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_357_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_357_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de permitir o translado de cujus para ser sepultado no local de origem, em Ilha da Marambaia - 1º Distrito.</t>
   </si>
   <si>
     <t>16249</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16249/indicacao_411_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16249/indicacao_411_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciados os serviços de vistoria e manutenção dos veículos responsáveis pelo transporte de pacientes de hemodiálise e outros tratamentos.</t>
   </si>
   <si>
     <t>16420</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16420/indicacao_470_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16420/indicacao_470_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de fornecer copos descartáveis ao público do Hospital Victor de Souza Breves.</t>
   </si>
   <si>
     <t>16487</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16487/indicacao_481_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16487/indicacao_481_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente para que seja feita a manutenção e revitalização de todas as academias ao ar livre que se encontram com danos ou desgastes em todo o município de Mangaratiba.</t>
   </si>
   <si>
     <t>16496</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16496/indicacao_492_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16496/indicacao_492_2024.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 572/2023 - Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as secretarias competentes para que seja feita a construção de uma ETE (Estação de Tratamento de Esgoto) no canal ao lado do antigo Mangarás, onde a água escoa para o mar - 1º Distrito.</t>
   </si>
   <si>
     <t>16491</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16491/indicacao_493_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16491/indicacao_493_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de providenciar o término do calçamento na Rua Américo Barbosa (rua do depósito de gás), nº 80, Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>16511</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a instalação de iluminação no Morro do Ricardo, em El Ranchito, Praia do Saco - 1º Distrito.</t>
   </si>
   <si>
     <t>16692</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16692/indicacao_553_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16692/indicacao_553_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a implantação da Brigada de Incêndio, a qual consiste em um grupo organizado e preparado de pessoas voluntárias ou não, treinadas e capacitadas para atuar na prevenção e combate a princípios de incêndio.</t>
   </si>
   <si>
     <t>16795</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16795/indicacao_578_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16795/indicacao_578_2024.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 351/2023 - Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de criar o Fundo APA Marinho Boto Cinza em Mangaratiba.</t>
   </si>
   <si>
     <t>16796</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16796/indicacao_579_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16796/indicacao_579_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de instalar uma lixeira plástica de 500L na Praça do Parque Bela Vista, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>16797</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16797/indicacao_582_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16797/indicacao_582_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada, em caráter de urgência, a criação de um Centro de Diagnóstico por Imagens no município de Mangaratiba.</t>
   </si>
   <si>
     <t>16798</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16798/indicacao_583_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16798/indicacao_583_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada a construção de um coreto na praça de Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>16799</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16799/indicacao_584_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16799/indicacao_584_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à secretaria competente para que proceda com a restauração da iluminação do ponto de ônibus localizado na Cachoeira I, Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>16800</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16800/indicacao_585_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16800/indicacao_585_2024.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 294/2023 - Indica ao Exmo. Sr. que, na medida do possível, encaminhe-se à secretaria competente, para que proceda com a instalação de placas identificando o nome das ruas no Centro de Mangaratiba.</t>
   </si>
   <si>
     <t>16860</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16860/indicacao_594_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16860/indicacao_594_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada a revitalização da Rua Meriti, localizada em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>16946</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16946/indicacao_605_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16946/indicacao_605_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à secretaria competente para que proceda com o cumprimento da Lei nº 850, de 07 de maio de 2013, que institui o programa de assistência médica e psicológica aos professores da rede pública de educação do Município de Mangaratiba, portadores da Síndrome de Burnout.</t>
   </si>
   <si>
     <t>15870</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15870/mensagem_14_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15870/mensagem_14_2024.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 001/2024 de autoria do Sr. Vereador João Felippe que “Estabelece prazo para que o Poder Executivo Municipal responda as indicações e ofícios encaminhados pelos Vereadores".</t>
   </si>
   <si>
     <t>15871</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15871/mensagem_15_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15871/mensagem_15_2024.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 013/2024 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a autorização ao Poder Executivo Municipal de Mangaratiba a repassar aos Agentes Comunitários de Saúde (ACS), Agentes de Combate às Endemias (ACE), Guardas de Endemias e aos Agentes de Controle de Zoonoses, incentivo financeiro adicional e dá outras providências".</t>
   </si>
   <si>
     <t>16878</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16878/mensagem_24_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16878/mensagem_24_2024.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Revoga o art. 15 da Lei n.°142, de 29 de março de 1988 e dá outras providências".</t>
   </si>
   <si>
     <t>16882</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16882/mensagem_30_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16882/mensagem_30_2024.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Institui o Programa de Recuperação Fiscal do Município de Mangaratiba - REFIS e dá outras providências".</t>
   </si>
   <si>
     <t>15605</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15605/mocao_de_congratulacoes_-_sr._luiz_eduardo.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15605/mocao_de_congratulacoes_-_sr._luiz_eduardo.pdf</t>
   </si>
   <si>
     <t>Moções de Congratulações ao Sr. Luiz Eduardo Comodoro.</t>
   </si>
   <si>
     <t>15740</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15740/mocao_de_aplausos_-_sr._jefferson_teixeira_da_silva.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15740/mocao_de_aplausos_-_sr._jefferson_teixeira_da_silva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SR. JEFFERSON TEIXEIRA DA SILVA</t>
   </si>
   <si>
     <t>15741</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15741/mocao_de_aplausos_-_sr._victor_teixeira_da_silva.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15741/mocao_de_aplausos_-_sr._victor_teixeira_da_silva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS - SR. VICTOR TEIXEIRA DA SILVA</t>
   </si>
   <si>
     <t>15742</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15742/mocao_de_aplausos_-_sra._juliana_pereira.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15742/mocao_de_aplausos_-_sra._juliana_pereira.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS - SRA. JULIANA PEREIRA</t>
   </si>
   <si>
     <t>15743</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15743/mocao_de_aplausos_-_sr._marcelo_fontella_de_moraes.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15743/mocao_de_aplausos_-_sr._marcelo_fontella_de_moraes.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS - SR. MARCELO FONTELLA DE MORAES</t>
   </si>
   <si>
     <t>15744</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15744/mocao_de_aplausos_-_sr._raphael_barbosa_francisco_scarpin_lopes.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15744/mocao_de_aplausos_-_sr._raphael_barbosa_francisco_scarpin_lopes.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS - SR. RAPHAEL BARBOSA FRANCISCO SCARPIN LOPES</t>
   </si>
   <si>
     <t>15745</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15745/mocao_de_aplausos_ao_sr._ailton_barros_fontella.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15745/mocao_de_aplausos_ao_sr._ailton_barros_fontella.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Ailton Barros Fontella</t>
   </si>
   <si>
     <t>15746</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15746/mocao_de_aplausos_ao_sr._rogerio_gavazza.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15746/mocao_de_aplausos_ao_sr._rogerio_gavazza.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Rogério Gavazza</t>
   </si>
   <si>
     <t>15761</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15761/mocao_de_congratulacoes_-_dra._carla_mariana_mero_ferrao.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15761/mocao_de_congratulacoes_-_dra._carla_mariana_mero_ferrao.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES - DRA. Carla Mariana Mero Ferrão</t>
   </si>
   <si>
     <t>15762</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15762/mocao_de_congratulacoes_-_sr._antonio_ferreira_de_souza.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15762/mocao_de_congratulacoes_-_sr._antonio_ferreira_de_souza.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES - SR. Antonio Ferreira de Souza</t>
   </si>
   <si>
     <t>15763</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15763/mocao_de_congratulacoes_-_sr._carlos_alberto_teixeira_lima.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15763/mocao_de_congratulacoes_-_sr._carlos_alberto_teixeira_lima.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES - SR. Carlos Alberto Teixeira Lima</t>
   </si>
   <si>
     <t>15790</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15790/mocao_de_aplausos_a_sra._regina_celia_da_conceicao_guimaraes.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15790/mocao_de_aplausos_a_sra._regina_celia_da_conceicao_guimaraes.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Sra. Regina Célia da Conceição Guimarães</t>
   </si>
   <si>
     <t>15791</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15791/mocao_de_aplausos_ao_sr._ailton_fernandes_de_oliveira.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15791/mocao_de_aplausos_ao_sr._ailton_fernandes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Ailton Fernandes de Oliveira</t>
   </si>
   <si>
     <t>15814</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15814/mocao_de_aplausos_a_confeitaria_artesanal_dolce_mel.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15814/mocao_de_aplausos_a_confeitaria_artesanal_dolce_mel.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Confeitaria Artesanal Dolce Mel</t>
   </si>
   <si>
     <t>15815</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15815/mocao_de_aplausos_a_sra._cecilia_ribeiro_cabral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15815/mocao_de_aplausos_a_sra._cecilia_ribeiro_cabral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Sra. Cecília Ribeiro Cabral</t>
   </si>
   <si>
     <t>15816</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15816/mocao_de_aplausos_a_srta._livia_gomes_trindade.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15816/mocao_de_aplausos_a_srta._livia_gomes_trindade.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Srta. Lívia Gomes Trindade</t>
   </si>
   <si>
     <t>15817</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15817/mocao_de_aplausos_ao_sr._eduardo_ferreira_jordao.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15817/mocao_de_aplausos_ao_sr._eduardo_ferreira_jordao.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Eduardo Ferreira Jordão</t>
   </si>
   <si>
     <t>15818</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15818/mocao_de_aplausos_ao_sr._ernandes_de_souza_silva_fontella.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15818/mocao_de_aplausos_ao_sr._ernandes_de_souza_silva_fontella.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Ernandes de Souza Silva Fontella</t>
   </si>
   <si>
     <t>15819</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15819/mocao_de_congratulacoes_ao_sr._wanderlei_mattos_amaral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15819/mocao_de_congratulacoes_ao_sr._wanderlei_mattos_amaral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES ao Sr. Wanderlei Mattos Amaral</t>
   </si>
   <si>
     <t>15966</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15966/mocao_de_aplausos_-_sr._malison__ramon_mendes_da_silva.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15966/mocao_de_aplausos_-_sr._malison__ramon_mendes_da_silva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Malison Ramon Mendes da Silva.</t>
   </si>
   <si>
     <t>16045</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16045/mocao_de_congratulacoes_a_equipe_e_colaboradores_da_adm._de_conceicao_de_jacarei.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16045/mocao_de_congratulacoes_a_equipe_e_colaboradores_da_adm._de_conceicao_de_jacarei.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES a Equipe e colaboradores da Adm. de Conceição de Jacareí.</t>
   </si>
   <si>
     <t>16074</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16074/mocao_de_agradecimento_-_sr._richard_amario_brito.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16074/mocao_de_agradecimento_-_sr._richard_amario_brito.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO ao Sr. Richard Amario Brito.</t>
   </si>
   <si>
     <t>16592</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16592/mocao_de_aplausos_-_sr._cliver_frederick.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16592/mocao_de_aplausos_-_sr._cliver_frederick.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Cliver Frederick Alves dos Santos.</t>
   </si>
   <si>
     <t>16710</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16710/mocao_de_congratulacoes_-_sr._emilson_coelho.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16710/mocao_de_congratulacoes_-_sr._emilson_coelho.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES ao Sr. Emilson dos Santos Coelho.</t>
   </si>
   <si>
     <t>16746</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16746/projeto_de_decreto_legislativo_no01_24_com_o_parecer_no129_24_da_cfo.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16746/projeto_de_decreto_legislativo_no01_24_com_o_parecer_no129_24_da_cfo.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo 001/2024 com o Parecer 129/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Acordão nº056977/2023-PLENV – Processo nº222192-3/2022 do Tribunal de Contas do Estado do Rio de Janeiro que acordam por regularidade com quitação, ressalva, comunicação e arquivamento da Prestação de Contas Anual de Gestão do exercício financeiro 2021 do Legislativo Municipal (Processo Administrativo nº508/2023 da Câmara Municipal de Mangaratiba).</t>
   </si>
   <si>
     <t>16151</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16151/pl_35_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16151/pl_35_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa “Meu Uniforme Escolar Mangaratiba”, e dá outras providências.</t>
   </si>
   <si>
     <t>15824</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15824/requerimento_01_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15824/requerimento_01_2024.pdf</t>
   </si>
   <si>
     <t>Solicita licença para tratar de interesses particulares, pelo prazo de 60 dias, com fundamento nos artigos 49, IV e 54, II da Lei Orgânica Municipal c/c 97, VI do Regimento Interno</t>
   </si>
   <si>
     <t>15823</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Edu Jordão</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15823/requerimento_02_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15823/requerimento_02_2024.pdf</t>
   </si>
   <si>
     <t>Solicita licença para tratar de interesses particulares, pelo prazo de 60 dias, com fundamento nos artigos 49, IV e 54, II da Lei Orgânica Municipal c/c 97, VI do Regimento Interno.</t>
   </si>
   <si>
     <t>15822</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15822/requerimento_03_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15822/requerimento_03_2024.pdf</t>
   </si>
   <si>
     <t>16527</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16527/requerimento_12_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16527/requerimento_12_2024.pdf</t>
   </si>
   <si>
     <t>Requerimento 012/2024 de autoria dos Senhores Vereadores que solicita a criação da Comissão Parlamentar de Inquérito com a finalidade de apurar possíveis irregularidades e práticas abusivas cometidas pela concessionária do serviço de distribuição de energia elétrica Ampla Energia e Serviços S/A, atualmente conhecida como Enel Distribuição Rio, em Mangaratiba.</t>
   </si>
   <si>
     <t>16666</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_18_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_18_2024.pdf</t>
   </si>
   <si>
     <t>Requerimento 018/2024 de autoria dos Senhores Vereadores que solicita ao Chefe do Poder Executivo Municipal uma lista completa de todas as obras públicas em execução no município, com a especificação da localização exata das obras; informações sobre a situação atual de cada obra, indicando o percentual de execução física e financeira; a fonte de recursos financeiros destinados a cada uma das obras, detalhando se os recursos são municipais, estaduais, federais ou oriundos de emendas parlamentares; e informar se há fiscalização por parte do município sobre a execução das obras e quais são os órgãos ou servidores responsáveis por essa fiscalização.</t>
   </si>
   <si>
     <t>16919</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>OExec</t>
   </si>
   <si>
     <t>Ofício do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>Diretoria de Gabinete</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16919/oficio_pmm_523_2024_que_encaminha_resposta_ref_requerimento_17_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16919/oficio_pmm_523_2024_que_encaminha_resposta_ref_requerimento_17_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 523/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha resposta do Requerimento 017/2024.</t>
   </si>
   <si>
     <t>16920</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16920/oficio_pmm_524_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_18_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16920/oficio_pmm_524_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_18_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 524/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que solicita prorrogação do prazo para encaminhar resposta do Requerimento 018/2024.</t>
   </si>
   <si>
     <t>16921</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16921/oficio_pmm_525_2024_que_encaminha_resposta_parcial_ref_requerimento_15_2024_e_solicita_prorrogacao_do_prazo.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16921/oficio_pmm_525_2024_que_encaminha_resposta_parcial_ref_requerimento_15_2024_e_solicita_prorrogacao_do_prazo.pdf</t>
   </si>
   <si>
     <t>Ofício 525/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha resposta parcial do Requerimento 015/2024 e solicita prorrogação do prazo.</t>
   </si>
   <si>
     <t>16922</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16922/oficio_pmm_526_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_16_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16922/oficio_pmm_526_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_16_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 526/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que solicita prorrogação do prazo para encaminhar resposta do Requerimento 016/2024.</t>
   </si>
   <si>
     <t>16923</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16923/oficio_pmm_541_2024_que_encaminha_resposta_ref_requerimento_16_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16923/oficio_pmm_541_2024_que_encaminha_resposta_ref_requerimento_16_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 541/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha resposta do Requerimento 016/2024.</t>
   </si>
   <si>
     <t>16924</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16924/oficio_pmm_560_2024_que_encaminha_resposta_ref_requerimento_18_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16924/oficio_pmm_560_2024_que_encaminha_resposta_ref_requerimento_18_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 560/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha resposta do Requerimento 018/2024.</t>
   </si>
   <si>
     <t>16925</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16925/oficio_pmm_561_2024_que_encaminha_resposta_ref_requerimento_15_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16925/oficio_pmm_561_2024_que_encaminha_resposta_ref_requerimento_15_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 561/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha o restante da resposta do Requerimento 015/2024.</t>
   </si>
   <si>
     <t>15848</t>
   </si>
   <si>
     <t>BCMM</t>
   </si>
   <si>
     <t>Balancete Câmara M. Mangaratiba</t>
   </si>
   <si>
     <t>Câmara Municipal de Mangaratiba - CMM</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15848/balancete_da_camara_marco_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15848/balancete_da_camara_marco_2024.pdf</t>
   </si>
   <si>
     <t>Balancete da Câmara Municipal de Mangaratiba referente ao mês de março de 2024.</t>
   </si>
   <si>
     <t>15796</t>
   </si>
   <si>
     <t>BFMP</t>
   </si>
   <si>
     <t>Balancete  Fundação Mário Peixoto</t>
   </si>
   <si>
     <t>Fundação Mário Peixoto - FMP</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15796/oficio_130.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmp.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15796/oficio_130.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmp.pdf</t>
   </si>
   <si>
     <t>Ofício 130/2024 de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de janeiro de 2024.</t>
   </si>
   <si>
     <t>15797</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15797/oficio_130.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmp.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15797/oficio_130.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmp.pdf</t>
   </si>
   <si>
     <t>Ofício 130/2024 de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de fevereiro de 2024.</t>
   </si>
   <si>
     <t>16350</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16350/of_299.2024_fmp_balancete_junho_2024_fundacao.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16350/of_299.2024_fmp_balancete_junho_2024_fundacao.pdf</t>
   </si>
   <si>
     <t>Ofício 299/2024 FMP de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de junho de 2024.</t>
   </si>
   <si>
     <t>16903</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>BFMS</t>
   </si>
   <si>
     <t>Balancete Fundo Municipal de Saúde</t>
   </si>
   <si>
     <t>Secretaria Municipal de Saúde - SMS</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16903/balancete_saude_agosto_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16903/balancete_saude_agosto_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 812/2024 de autoria da Secretaria Municipal de Saúde que encaminha o balancete do mês de agosto de 2024 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>15417</t>
   </si>
   <si>
     <t>BASDH</t>
   </si>
   <si>
     <t>Balancete Assistência Social e Direitos Humanos</t>
   </si>
   <si>
     <t>Sec. Municipal de Ação Social e Direitos Humanos - SMASDH</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15417/of_253.2024_acao_social_balancete_janeiro_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15417/of_253.2024_acao_social_balancete_janeiro_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 253 - SMASDH/2024 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha o Balancete e Conciliações Bancárias, referente ao mês de janeiro de 2024.</t>
   </si>
   <si>
     <t>15620</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PCCJ</t>
   </si>
   <si>
     <t>Parecer CCJ</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15620/parecer_36_ccj_24_pl_06.24_13.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15620/parecer_36_ccj_24_pl_06.24_13.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 036/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 006/2024 de autoria do Vereador Dori Costa que “Institui a Semana de Incentivo ao Aleitamento Materno no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16120</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16120/parecer_53_ccj_24_msg_19.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16120/parecer_53_ccj_24_msg_19.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 053/2024 da Comissão de Constituição e Justiça favorável à Mensagem 019/2024 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que 'Cria cargos e vagas e inclui os cargos na estrutura Administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar nº17/2011 – Plano de cargos, carreiras e salários dos servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências'".</t>
   </si>
   <si>
     <t>16160</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_ccj_58_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_ccj_58_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 058/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 020/2024 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza o Poder Executivo a instituir o Programa de Capacitação e Amparo Psicológico para mães, pais e tutores legais de pessoas com Transtorno do Espectro Autista, e dá outras providências”.</t>
   </si>
   <si>
     <t>16782</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16782/parecer_ccj_108_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16782/parecer_ccj_108_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 108/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 068/2024 de autoria do Sr. Vereador Alessandro Portugal que “Institui o programa municipal de prevenção e combate à automutilação e ao suicídio na rede pública de ensino e dá outras providências”.</t>
   </si>
   <si>
     <t>16761</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16761/parecer_117_ccj_24_pr_06.24_14.10.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16761/parecer_117_ccj_24_pr_06.24_14.10.24.pdf</t>
   </si>
   <si>
     <t>Parecer 117/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 006/2024 de autoria do Sr. Vereador João Felippe que “Outorga Título Honorífico de Cidadã Mangaratibense à Sra. Yasmin Ribeiro Machado".</t>
   </si>
   <si>
     <t>16845</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16845/parecer_141_ccj_24_pr_30.24_30.10.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16845/parecer_141_ccj_24_pr_30.24_30.10.24.pdf</t>
   </si>
   <si>
     <t>Parecer 141/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 030/2024 de autoria da Mesa Diretora que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Benedito do Nascimento Filho".</t>
   </si>
   <si>
     <t>16857</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16857/parecer_144_ccj_24_pr_33.24_04.11.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16857/parecer_144_ccj_24_pr_33.24_04.11.24.pdf</t>
   </si>
   <si>
     <t>Parecer 144/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 033/2024 de autoria do Sr. Vereador Emilson da Farmácia que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcos Mozer da Silva".</t>
   </si>
   <si>
     <t>16863</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16863/parecer_147_ccj_24_pr_36.24_04.11.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16863/parecer_147_ccj_24_pr_36.24_04.11.24.pdf</t>
   </si>
   <si>
     <t>Parecer 147/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 036/2024 de autoria do Sr. Vereador Juninho de Jacareí que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Isac Farias dos Santos".</t>
   </si>
   <si>
     <t>16892</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16892/parecer_158_ccj_24_pr_43.24_13.11.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16892/parecer_158_ccj_24_pr_43.24_13.11.24.pdf</t>
   </si>
   <si>
     <t>Parecer 158/2024 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 043/2024 de autoria do Sr. Vereador Prof. Renato Fifiu que "Outorga Título Honorífico de Cidadã Mangaratibense à Sra. Marina Leite Albano do Prado".</t>
   </si>
   <si>
     <t>15633</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer CFO</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15633/parecer_13_cfo_24_contrario_balancete_acao_social_novembro_2023_04.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15633/parecer_13_cfo_24_contrario_balancete_acao_social_novembro_2023_04.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 013/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor CONTRÁRIO ao Ofício 1919/SMASDH/2023 de autoria da Secretaria _x000D_
 Municipal de Assistência Social e Direitos Humanos que encaminha o balancete Financeiro e a Conciliação Bancária do mês de novembro de 2023.</t>
   </si>
   <si>
     <t>15779</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15779/parecer_35_cfo_24_msg_11.24_25.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15779/parecer_35_cfo_24_msg_11.24_25.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 035/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável à Mensagem nº11/2024, que capeia o Projeto de Lei Complementar que "Altera o artigo 1º da Lei Complementar nº074, de 1º de dezembro de 2023, que dispõe sobre a Estruturação da Administração Pública Municipal, nos termos do Art. 70, parágrafo único, VI, da Lei Orgânica de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15780</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15780/parecer_36_cfo_24_pl_05.24_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15780/parecer_36_cfo_24_pl_05.24_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 036/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei nº 05/2024, de autoria do Vereador Prof. Renato Fifiu, que dispõe sobre o turismo pedagógico nas escolas da rede pública municipal do município de Mangaratiba.</t>
   </si>
   <si>
     <t>15781</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15781/parecer_37_cfo_24_pl_06.24_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15781/parecer_37_cfo_24_pl_06.24_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 037/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei nº 06/2024, de autoria do Vereador Dori Costa, que institui a Semana de Incentivo ao Aleitamento Materno no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>15783</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15783/parecer_38_cfo_24_pl_07.24_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15783/parecer_38_cfo_24_pl_07.24_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 038/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei nº 07/2024, de autoria do Vereador João Felippe, que dispõe sobre a imparcialidade e isonomia nos distritos de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>15813</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15813/parecer_39_cfo_24_pl_08.24_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15813/parecer_39_cfo_24_pl_08.24_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 039/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei nº 08/2024, de autoria do Vereador Wlad da Pesca, que dispõe sobre a obrigatoriedade do uso da focinheira e estabelece regras de segurança para a condução responsável de cães de grande porte e/ou de raças consideradas perigosas no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>15784</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15784/parecer_40_cfo_24_pl_10.24_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15784/parecer_40_cfo_24_pl_10.24_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 040/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 010/2024, de autoria do Sr. Vereador Alessandro Portugal, que "Inclui no Calendário de Eventos o Encontro de DJs Eduardo Roma".</t>
   </si>
   <si>
     <t>15786</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15786/parecer_41_cfo_24_msg_58.23_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15786/parecer_41_cfo_24_msg_58.23_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 041/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável à Mensagem 058/2023, que capeia o Projeto de Lei no qual "Fica instituído o Conselho Municipal dos Direitos da Mulher de Mangaratiba - CMDMULHER/MAN".</t>
   </si>
   <si>
     <t>15785</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15785/parecer_42_cfo_24_contrario_balancete_da_acao_social_fevereiro_2024_03.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15785/parecer_42_cfo_24_contrario_balancete_da_acao_social_fevereiro_2024_03.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 042/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor CONTRÁRIO ao Ofício 362/SMASDH/2024, de autoria da Secretaria_x000D_
 Municipal de Assistência Social e Direitos Humanos, que encaminha o balancete Financeiro e a Conciliação Bancária do mês de fevereiro de 2024.</t>
   </si>
   <si>
     <t>15945</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15945/parecer_46_cfo_24_contrario_balancete_da_prefeitura_fevereiro_2024_29.04.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15945/parecer_46_cfo_24_contrario_balancete_da_prefeitura_fevereiro_2024_29.04.24.pdf</t>
   </si>
   <si>
     <t>Parecer 046/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor CONTRÁRIO ao Ofício 130/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha o balancete do mês de fevereiro de 2024.</t>
   </si>
   <si>
     <t>16121</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16121/parecer_58_cfo_24_msg_19.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16121/parecer_58_cfo_24_msg_19.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 058/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável à Mensagem 019/2024 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que 'Cria cargos e vagas e inclui os cargos na estrutura Administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar nº17/2011 – Plano de cargos, carreiras e salários dos servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências'".</t>
   </si>
   <si>
     <t>16378</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16378/parecer_cfo_79_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16378/parecer_cfo_79_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 079/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 235/2024 FMP de autoria da Fundação Mário Peixoto que encaminha o balancete do mês de março de 2024.</t>
   </si>
   <si>
     <t>16379</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16379/parecer_cfo_80_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16379/parecer_cfo_80_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 080/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 235/2024 FMP de autoria da Fundação Mário Peixoto que encaminha o balancete do mês de abril de 2024.</t>
   </si>
   <si>
     <t>16382</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_cfo_83_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_cfo_83_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 083/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor CONTRÁRIO ao Ofício 202/2024 de autoria do Chefe de Gabinete do Poder Executivo Municipal que encaminha o balancete do mês de março de 2024.</t>
   </si>
   <si>
     <t>16448</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16448/parecer_93_cfo_24_balancete_fmp_maio_2024_14.08.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16448/parecer_93_cfo_24_balancete_fmp_maio_2024_14.08.24.pdf</t>
   </si>
   <si>
     <t>Parecer 093/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 248/2024 FMP de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de maio de 2024.</t>
   </si>
   <si>
     <t>16555</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16555/parecer_126_cfo_24_pl_56.24_02.09.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16555/parecer_126_cfo_24_pl_56.24_02.09.24.pdf</t>
   </si>
   <si>
     <t>Parecer 126/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 056/2024 de autoria do Sr. Vereador Aristides Barcelos que “Fica autorizado ao Chefe do Poder Executivo, criar a Secretaria Municipal de Pessoa com Deficiência, Mobilidade Reduzida e Doenças Raras e dá outras providências”.</t>
   </si>
   <si>
     <t>16912</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_cfo_139_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_cfo_139_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 139/2024 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 025/2024 FMP de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de agosto de 2024 do Fundo Municipal de Cultura.</t>
   </si>
   <si>
     <t>15987</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PCES</t>
   </si>
   <si>
     <t>Parecer CESAM</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, SAÚDE, AÇÃO SOCIAL E MEIO AMBIENTE</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15987/parecer_cesam_11_2024_-_pl_14_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15987/parecer_cesam_11_2024_-_pl_14_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 011/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 014/2024, de autoria dos Senhores Vereadores Nilton Santiago e Cecília Cabral, que "Dispõe sobre a divulgação, pela rede de prevenção e enfrentamento da violência contra crianças e adolescentes, da cartilha 'Eu me protejo, porque meu corpinho é meu', a qual ensina a própria criança a reconhecer e se proteger de abusos e agressões na infância, no âmbito do município de Mangaratiba".</t>
   </si>
   <si>
     <t>16582</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16582/parecer_cesam_28_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16582/parecer_cesam_28_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 028/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 055/2023 de autoria dos Srs. Vereadores Alessandro Portugal e Hugo Graçano que “Institui a Semana do Orgulho Autista no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15981</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PCOT</t>
   </si>
   <si>
     <t>Parecer COTSP</t>
   </si>
   <si>
     <t>COMISSÃO DE OBRAS, TRANSPORTES E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15981/parecer_obras_04_2024_-_pl_23_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15981/parecer_obras_04_2024_-_pl_23_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2024 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 023/2024, de autoria do Sr. Vereador Prof. Renato Fifiu, que "Institui no Calendário Oficial de Eventos de Mangaratiba a 'Festa do Divino Espírito Santo' e dá outras providências".</t>
   </si>
   <si>
     <t>16071</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16071/parecer_c_obras_05_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16071/parecer_c_obras_05_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2024 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 098/2023 de autoria do Sr. Vereador Aristides Barcelos que “Cria a "Semana municipal de combate e prevenção ao câncer de pele", no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16635</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16635/parecer_obras_15_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16635/parecer_obras_15_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 015/2024 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 010/2024 de autoria do Sr. Vereador Alessandro Portugal que “Incluir no Calendário de Eventos o Encontro de DJs Eduardo Roma”.</t>
   </si>
   <si>
     <t>16717</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16717/parecer_c._obras_19_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16717/parecer_c._obras_19_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 019/2024 da Comissão de Obras, Transportes e Serviços Públicos favorável ao Projeto de Lei 025/2023 de autoria do Sr. Vereador Rômulo Carcará que “Autoriza o transporte de animais de pequeno e médio porte nos meios integrantes do serviço de transporte coletivo municipal da forma que menciona”.</t>
   </si>
   <si>
     <t>15982</t>
   </si>
   <si>
     <t>PARCC</t>
   </si>
   <si>
     <t>Parecer CCTIE</t>
   </si>
   <si>
     <t>CCTIE - Comissão de Ciência, Tecnologia, Inovação e Empreendedorismo</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15982/parecer_cctie_01_2024_-_pl_90_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15982/parecer_cctie_01_2024_-_pl_90_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2024 da Comissão de Ciência, Tecnologia, Inovação e Empreendedorismo favorável ao Projeto de Lei 090/2023, de autoria do Sr. Vereador Emilson da Farmácia, que “Sugere a criação do Parque Arqueológico e Ambiental do Sahy como fortalecimento de Mangaratiba como a Capital Estadual do Turismo de Natureza".</t>
   </si>
   <si>
     <t>16124</t>
   </si>
   <si>
     <t>PCDSP</t>
   </si>
   <si>
     <t>Parecer CDSP</t>
   </si>
   <si>
     <t>CDSP - Comissão de Defesa do Servidor Público</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16124/parecer_01_cdsp_24_msg_19.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16124/parecer_01_cdsp_24_msg_19.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2024 da Comissão de Defesa do Servidor Público favorável à Mensagem 019/2024 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que 'Cria cargos e vagas e inclui os cargos na estrutura Administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar nº17/2011 – Plano de cargos, carreiras e salários dos servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências'".</t>
   </si>
   <si>
     <t>16127</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16127/parecer_02_cdsp_24_pl_28.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16127/parecer_02_cdsp_24_pl_28.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2024 da Comissão de Defesa do Servidor Público favorável ao Projeto de Lei 028/2024 de autoria do Sr. Vereador Prof. Renato Fifiu que “Autoriza o Chefe do Poder Executivo Municipal a instituir o plano de cargos, carreiras e salários dos profissionais do magistério público do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16123</t>
   </si>
   <si>
     <t>PCEL</t>
   </si>
   <si>
     <t>Parecer CEL</t>
   </si>
   <si>
     <t>CEL - Comissão de Esporte e Lazer</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16123/parecer_03_cel_24_msg_19.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16123/parecer_03_cel_24_msg_19.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 003/2024 da Comissão de Esportes e Lazer favorável à Mensagem 019/2024 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que 'Cria cargos e vagas e inclui os cargos na estrutura Administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar nº17/2011 – Plano de cargos, carreiras e salários dos servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências'".</t>
   </si>
   <si>
     <t>16790</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16790/parecer_cel_11_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16790/parecer_cel_11_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 011/2024 da Comissão de Esporte e Lazer favorável ao Projeto de Lei 057/2023 de autoria do Sr. Vereador Rômulo Carcará que “Institui os Jogos Escolares do Município de Mangaratiba e dá outras Providências”.</t>
   </si>
   <si>
     <t>15794</t>
   </si>
   <si>
     <t>BFC</t>
   </si>
   <si>
     <t>Balancete Fundo da Cultura</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15794/oficio_09.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmc.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15794/oficio_09.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmc.pdf</t>
   </si>
   <si>
     <t>Ofício 009/2024 de autoria da Fundação Mário Peixoto que encaminha o balancete do mês de janeiro de 2024 do Fundo Municipal de Cultura.</t>
   </si>
   <si>
     <t>15795</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15795/oficio_09.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmc.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15795/oficio_09.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmc.pdf</t>
   </si>
   <si>
     <t>Ofício 009/2024 de autoria da Fundação Mário Peixoto que encaminha o balancete do mês de fevereiro de 2024 do Fundo Municipal de Cultura.</t>
   </si>
   <si>
     <t>15798</t>
   </si>
   <si>
     <t>BCON</t>
   </si>
   <si>
     <t>Balancete Empresa Pública de Transporte  - Conecta</t>
   </si>
   <si>
     <t>Empresa Pública de Transportes - Conecta - EPT</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15798/oficio_24.2024_que_encaminha_balancete_fevereiro_2024_da_conecta.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15798/oficio_24.2024_que_encaminha_balancete_fevereiro_2024_da_conecta.pdf</t>
   </si>
   <si>
     <t>Ofício 024/2024 de autoria da Empresa Pública de Transportes de Mangaratiba - Conecta, que encaminha o Balancete do mês de fevereiro de 2024.</t>
   </si>
   <si>
     <t>16905</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16905/balancete_conecta_setembro_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16905/balancete_conecta_setembro_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 095/2024 de autoria da Empresa Pública de Transportes de Mangaratiba - CONECTA que encaminha o balancete do mês de setembro de 2024.</t>
   </si>
   <si>
     <t>16906</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16906/balancete_conecta_outubro_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16906/balancete_conecta_outubro_2024.pdf</t>
   </si>
   <si>
     <t>Ofício 101/2024 de autoria da Empresa Pública de Transportes de Mangaratiba - CONECTA que encaminha o balancete do mês de outubro de 2024.</t>
   </si>
   <si>
     <t>16068</t>
   </si>
   <si>
     <t>PCDPD</t>
   </si>
   <si>
     <t>Parecer CDDPD</t>
   </si>
   <si>
     <t>CDDPD - Comissão de Defesa dos Direitos da Pessoa com Deficiência</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16068/parecer_cddpd_02_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16068/parecer_cddpd_02_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2024 da Comissão de Defesa dos Direitos da Pessoa com Deficiência favorável ao Projeto de Lei 064/2023 de autoria do Sr. Vereador Aristides Barcelos que “Institui no Município de Mangaratiba o selo 'Empresa Inclusiva' às empresas que empreguem pessoas com necessidades especiais e dá outras providências”.</t>
   </si>
   <si>
     <t>16727</t>
   </si>
   <si>
     <t>Parecer 006/2024 da Comissão de Defesa dos Direitos da Pessoa com Deficiência favorável ao Projeto de Lei 018/2023 de autoria do Sr. Vereador Rômulo Carcará que “Altera os artigos 4º e 12 da Lei nº1.308, de 24 setembro de 2020 e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -1940,68 +1940,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_58_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15459/indicacao_66_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_83_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15556/indicacao_106_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_197_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15767/indicacao_202_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15769/indicacao_204_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15805/indicacao_219_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_226_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_245_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_357_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16249/indicacao_411_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16420/indicacao_470_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16487/indicacao_481_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16496/indicacao_492_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16491/indicacao_493_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16692/indicacao_553_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16795/indicacao_578_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16796/indicacao_579_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16797/indicacao_582_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16798/indicacao_583_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16799/indicacao_584_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16800/indicacao_585_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16860/indicacao_594_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16946/indicacao_605_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15870/mensagem_14_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15871/mensagem_15_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16878/mensagem_24_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16882/mensagem_30_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15605/mocao_de_congratulacoes_-_sr._luiz_eduardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15740/mocao_de_aplausos_-_sr._jefferson_teixeira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15741/mocao_de_aplausos_-_sr._victor_teixeira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15742/mocao_de_aplausos_-_sra._juliana_pereira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15743/mocao_de_aplausos_-_sr._marcelo_fontella_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15744/mocao_de_aplausos_-_sr._raphael_barbosa_francisco_scarpin_lopes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15745/mocao_de_aplausos_ao_sr._ailton_barros_fontella.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15746/mocao_de_aplausos_ao_sr._rogerio_gavazza.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15761/mocao_de_congratulacoes_-_dra._carla_mariana_mero_ferrao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15762/mocao_de_congratulacoes_-_sr._antonio_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15763/mocao_de_congratulacoes_-_sr._carlos_alberto_teixeira_lima.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15790/mocao_de_aplausos_a_sra._regina_celia_da_conceicao_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15791/mocao_de_aplausos_ao_sr._ailton_fernandes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15814/mocao_de_aplausos_a_confeitaria_artesanal_dolce_mel.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15815/mocao_de_aplausos_a_sra._cecilia_ribeiro_cabral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15816/mocao_de_aplausos_a_srta._livia_gomes_trindade.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15817/mocao_de_aplausos_ao_sr._eduardo_ferreira_jordao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15818/mocao_de_aplausos_ao_sr._ernandes_de_souza_silva_fontella.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15819/mocao_de_congratulacoes_ao_sr._wanderlei_mattos_amaral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15966/mocao_de_aplausos_-_sr._malison__ramon_mendes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16045/mocao_de_congratulacoes_a_equipe_e_colaboradores_da_adm._de_conceicao_de_jacarei.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16074/mocao_de_agradecimento_-_sr._richard_amario_brito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16592/mocao_de_aplausos_-_sr._cliver_frederick.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16710/mocao_de_congratulacoes_-_sr._emilson_coelho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16746/projeto_de_decreto_legislativo_no01_24_com_o_parecer_no129_24_da_cfo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16151/pl_35_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15824/requerimento_01_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15823/requerimento_02_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15822/requerimento_03_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16527/requerimento_12_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16919/oficio_pmm_523_2024_que_encaminha_resposta_ref_requerimento_17_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16920/oficio_pmm_524_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16921/oficio_pmm_525_2024_que_encaminha_resposta_parcial_ref_requerimento_15_2024_e_solicita_prorrogacao_do_prazo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16922/oficio_pmm_526_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_16_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16923/oficio_pmm_541_2024_que_encaminha_resposta_ref_requerimento_16_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16924/oficio_pmm_560_2024_que_encaminha_resposta_ref_requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16925/oficio_pmm_561_2024_que_encaminha_resposta_ref_requerimento_15_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15848/balancete_da_camara_marco_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15796/oficio_130.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmp.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15797/oficio_130.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmp.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16350/of_299.2024_fmp_balancete_junho_2024_fundacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16903/balancete_saude_agosto_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15417/of_253.2024_acao_social_balancete_janeiro_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15620/parecer_36_ccj_24_pl_06.24_13.03.24.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16120/parecer_53_ccj_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_ccj_58_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16782/parecer_ccj_108_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16761/parecer_117_ccj_24_pr_06.24_14.10.24.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16845/parecer_141_ccj_24_pr_30.24_30.10.24.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16857/parecer_144_ccj_24_pr_33.24_04.11.24.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16863/parecer_147_ccj_24_pr_36.24_04.11.24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16892/parecer_158_ccj_24_pr_43.24_13.11.24.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15633/parecer_13_cfo_24_contrario_balancete_acao_social_novembro_2023_04.03.24.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15779/parecer_35_cfo_24_msg_11.24_25.03.24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15780/parecer_36_cfo_24_pl_05.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15781/parecer_37_cfo_24_pl_06.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15783/parecer_38_cfo_24_pl_07.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15813/parecer_39_cfo_24_pl_08.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15784/parecer_40_cfo_24_pl_10.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15786/parecer_41_cfo_24_msg_58.23_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15785/parecer_42_cfo_24_contrario_balancete_da_acao_social_fevereiro_2024_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15945/parecer_46_cfo_24_contrario_balancete_da_prefeitura_fevereiro_2024_29.04.24.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16121/parecer_58_cfo_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16378/parecer_cfo_79_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16379/parecer_cfo_80_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_cfo_83_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16448/parecer_93_cfo_24_balancete_fmp_maio_2024_14.08.24.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16555/parecer_126_cfo_24_pl_56.24_02.09.24.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_cfo_139_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15987/parecer_cesam_11_2024_-_pl_14_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16582/parecer_cesam_28_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15981/parecer_obras_04_2024_-_pl_23_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16071/parecer_c_obras_05_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16635/parecer_obras_15_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16717/parecer_c._obras_19_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15982/parecer_cctie_01_2024_-_pl_90_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16124/parecer_01_cdsp_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16127/parecer_02_cdsp_24_pl_28.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16123/parecer_03_cel_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16790/parecer_cel_11_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15794/oficio_09.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15795/oficio_09.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15798/oficio_24.2024_que_encaminha_balancete_fevereiro_2024_da_conecta.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16905/balancete_conecta_setembro_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16906/balancete_conecta_outubro_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16068/parecer_cddpd_02_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_58_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15459/indicacao_66_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_83_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15556/indicacao_106_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_197_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15767/indicacao_202_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15769/indicacao_204_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15805/indicacao_219_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_226_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_245_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_357_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16249/indicacao_411_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16420/indicacao_470_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16487/indicacao_481_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16496/indicacao_492_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16491/indicacao_493_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16692/indicacao_553_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16795/indicacao_578_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16796/indicacao_579_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16797/indicacao_582_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16798/indicacao_583_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16799/indicacao_584_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16800/indicacao_585_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16860/indicacao_594_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16946/indicacao_605_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15870/mensagem_14_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15871/mensagem_15_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16878/mensagem_24_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16882/mensagem_30_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15605/mocao_de_congratulacoes_-_sr._luiz_eduardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15740/mocao_de_aplausos_-_sr._jefferson_teixeira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15741/mocao_de_aplausos_-_sr._victor_teixeira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15742/mocao_de_aplausos_-_sra._juliana_pereira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15743/mocao_de_aplausos_-_sr._marcelo_fontella_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15744/mocao_de_aplausos_-_sr._raphael_barbosa_francisco_scarpin_lopes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15745/mocao_de_aplausos_ao_sr._ailton_barros_fontella.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15746/mocao_de_aplausos_ao_sr._rogerio_gavazza.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15761/mocao_de_congratulacoes_-_dra._carla_mariana_mero_ferrao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15762/mocao_de_congratulacoes_-_sr._antonio_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15763/mocao_de_congratulacoes_-_sr._carlos_alberto_teixeira_lima.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15790/mocao_de_aplausos_a_sra._regina_celia_da_conceicao_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15791/mocao_de_aplausos_ao_sr._ailton_fernandes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15814/mocao_de_aplausos_a_confeitaria_artesanal_dolce_mel.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15815/mocao_de_aplausos_a_sra._cecilia_ribeiro_cabral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15816/mocao_de_aplausos_a_srta._livia_gomes_trindade.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15817/mocao_de_aplausos_ao_sr._eduardo_ferreira_jordao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15818/mocao_de_aplausos_ao_sr._ernandes_de_souza_silva_fontella.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15819/mocao_de_congratulacoes_ao_sr._wanderlei_mattos_amaral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15966/mocao_de_aplausos_-_sr._malison__ramon_mendes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16045/mocao_de_congratulacoes_a_equipe_e_colaboradores_da_adm._de_conceicao_de_jacarei.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16074/mocao_de_agradecimento_-_sr._richard_amario_brito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16592/mocao_de_aplausos_-_sr._cliver_frederick.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16710/mocao_de_congratulacoes_-_sr._emilson_coelho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16746/projeto_de_decreto_legislativo_no01_24_com_o_parecer_no129_24_da_cfo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16151/pl_35_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15824/requerimento_01_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15823/requerimento_02_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15822/requerimento_03_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16527/requerimento_12_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16919/oficio_pmm_523_2024_que_encaminha_resposta_ref_requerimento_17_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16920/oficio_pmm_524_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16921/oficio_pmm_525_2024_que_encaminha_resposta_parcial_ref_requerimento_15_2024_e_solicita_prorrogacao_do_prazo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16922/oficio_pmm_526_2024_que_solicita_prorrogacao_de_prazo_ref_requerimento_16_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16923/oficio_pmm_541_2024_que_encaminha_resposta_ref_requerimento_16_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16924/oficio_pmm_560_2024_que_encaminha_resposta_ref_requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16925/oficio_pmm_561_2024_que_encaminha_resposta_ref_requerimento_15_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15848/balancete_da_camara_marco_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15796/oficio_130.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmp.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15797/oficio_130.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmp.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16350/of_299.2024_fmp_balancete_junho_2024_fundacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16903/balancete_saude_agosto_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15417/of_253.2024_acao_social_balancete_janeiro_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15620/parecer_36_ccj_24_pl_06.24_13.03.24.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16120/parecer_53_ccj_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_ccj_58_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16782/parecer_ccj_108_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16761/parecer_117_ccj_24_pr_06.24_14.10.24.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16845/parecer_141_ccj_24_pr_30.24_30.10.24.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16857/parecer_144_ccj_24_pr_33.24_04.11.24.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16863/parecer_147_ccj_24_pr_36.24_04.11.24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16892/parecer_158_ccj_24_pr_43.24_13.11.24.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15633/parecer_13_cfo_24_contrario_balancete_acao_social_novembro_2023_04.03.24.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15779/parecer_35_cfo_24_msg_11.24_25.03.24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15780/parecer_36_cfo_24_pl_05.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15781/parecer_37_cfo_24_pl_06.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15783/parecer_38_cfo_24_pl_07.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15813/parecer_39_cfo_24_pl_08.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15784/parecer_40_cfo_24_pl_10.24_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15786/parecer_41_cfo_24_msg_58.23_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15785/parecer_42_cfo_24_contrario_balancete_da_acao_social_fevereiro_2024_03.04.24.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15945/parecer_46_cfo_24_contrario_balancete_da_prefeitura_fevereiro_2024_29.04.24.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16121/parecer_58_cfo_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16378/parecer_cfo_79_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16379/parecer_cfo_80_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_cfo_83_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16448/parecer_93_cfo_24_balancete_fmp_maio_2024_14.08.24.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16555/parecer_126_cfo_24_pl_56.24_02.09.24.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_cfo_139_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15987/parecer_cesam_11_2024_-_pl_14_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16582/parecer_cesam_28_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15981/parecer_obras_04_2024_-_pl_23_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16071/parecer_c_obras_05_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16635/parecer_obras_15_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16717/parecer_c._obras_19_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15982/parecer_cctie_01_2024_-_pl_90_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16124/parecer_01_cdsp_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16127/parecer_02_cdsp_24_pl_28.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16123/parecer_03_cel_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16790/parecer_cel_11_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15794/oficio_09.2024_fmp__que_encaminha_balancete_janeiro_2024_da_fmc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15795/oficio_09.2024_fmp__que_encaminha_balancete_fevereiro_2024_da_fmc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15798/oficio_24.2024_que_encaminha_balancete_fevereiro_2024_da_conecta.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16905/balancete_conecta_setembro_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16906/balancete_conecta_outubro_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16068/parecer_cddpd_02_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="65" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="184" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>