--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,195 +54,195 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15441</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15441/indicacao_47_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15441/indicacao_47_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que sejam convocados os aprovados no Concurso Público 001/2021, inclusive os que foram classificados fora do limite de vagas para os cargos de apoio na área educacional e na saúde, considerando a prorrogação do certame por acordo judicial até setembro de 2024.</t>
   </si>
   <si>
     <t>15493</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_63_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_63_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que entre em contato com os órgãos competentes, a fim que seja analisado o Anteprojeto de Lei que “Dispõe sobre o desmembramento da Secretaria Municipal de Educação Esporte e Lazer em secretarias distintas no âmbito da Administração Direta da Prefeitura Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>15457</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15457/indicacao_64_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15457/indicacao_64_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que  em prazo razoável e adequado, seja encaminhado à Câmara Municipal de Mangaratiba Projeto de Lei de iniciativa do Chefe do Poder Executivo dispondo sobre a regulamentação da função de Condutor de Ambulância no âmbito do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>15506</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_92_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_92_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que avalie a possibilidade de retornar com o Conselho Municipal de Desenvolvimento Rural Sustentável, através da Secretaria de Agricultura e Pesca.</t>
   </si>
   <si>
     <t>16137</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16137/indicacao_373_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16137/indicacao_373_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à secretaria de competência, para que proceda com a regularização dos salários dos Auxiliares de Saúde Bucal (ASB), Dentistas e Técnicos em Saúde Bucal (TSB) que atuam em nossa rede municipal de saúde.</t>
   </si>
   <si>
     <t>15491</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15491/pl_07_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15491/pl_07_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a imparcialidade e isonomia nos Distritos de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>15821</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15821/pl_17_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15821/pl_17_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução do valor do subsídio do Prefeito e do Vice-Prefeito no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>15963</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15963/pl_25_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15963/pl_25_2024.pdf</t>
   </si>
   <si>
     <t>Institui no município de Mangaratiba transparência na alimentação escolar em Mangaratiba.</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a instituir o plano de cargos, carreiras e salários dos profissionais do magistério público do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>16195</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16195/pl_38_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16195/pl_38_2024.pdf</t>
   </si>
   <si>
     <t>Estabelece reformular a nomenclatura do cargo Agente de Saúde Pública para Agente de Combate de Endemias.</t>
   </si>
   <si>
     <t>16363</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Aristides, Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16363/pl_56_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16363/pl_56_2024.pdf</t>
   </si>
   <si>
     <t>Fica autorizado ao Chefe do Poder Executivo, criar a Secretaria Municipal de Pessoa com Deficiência, Mobilidade Reduzida e Doenças Raras e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -549,68 +549,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15441/indicacao_47_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_63_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15457/indicacao_64_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_92_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16137/indicacao_373_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15491/pl_07_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15821/pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15963/pl_25_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16195/pl_38_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16363/pl_56_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15441/indicacao_47_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_63_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15457/indicacao_64_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_92_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16137/indicacao_373_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15491/pl_07_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15821/pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15963/pl_25_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16195/pl_38_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16363/pl_56_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>