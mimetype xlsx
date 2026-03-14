--- v0 (2025-12-09)
+++ v1 (2026-03-14)
@@ -54,624 +54,624 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15649</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PCES</t>
   </si>
   <si>
     <t>Parecer CESAM</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, SAÚDE, AÇÃO SOCIAL E MEIO AMBIENTE</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15649/parecer_02_cesam_24_pl_61.23_11.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15649/parecer_02_cesam_24_pl_61.23_11.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 061/2023 de autoria do Sr. Vereador Aristides Barcelos que “Dispõe sobre a assistência especial a ser fornecida à parturientes cujos filhos recém-nascidos seja pessoas com deficiência”.</t>
   </si>
   <si>
     <t>15650</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15650/parecer_03_cesam_24_pl_64.23_11.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15650/parecer_03_cesam_24_pl_64.23_11.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 003/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 064/2023 de autoria do Sr. Vereador Aristides Barcelos que “Institui no Município de Mangaratiba o selo “Empresa Inclusiva” às empresas que empreguem pessoas com necessidades especiais e dá outras providências”.</t>
   </si>
   <si>
     <t>15651</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15651/parecer_04_cesam_24_pl_82.23_11.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15651/parecer_04_cesam_24_pl_82.23_11.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 082/2023 de autoria do Sr. Vereador Aristides Barcelos que “Dispõe sobre a criação do Programa de Proteção à Saúde Bucal da Pessoa com Transtorno do Espectro Autista e dá outras providências”.</t>
   </si>
   <si>
     <t>15713</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15713/parecer_05_cesam_24_msg_12.24_18.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15713/parecer_05_cesam_24_msg_12.24_18.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável a Mensagem 012/2024 que capeia o Projeto de Lei que “Dispõe sobre a criação da Comissão Permanente de Avaliação de Políticas Públicas de Agricultura e Pesca no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15700</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15700/parecer_06_cesam_24_pl_11.24_18.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15700/parecer_06_cesam_24_pl_11.24_18.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 011/2024 de autoria do Sr. Vereador Emilson da Farmácia que “Inclui no Calendário de Eventos do Município de Mangaratiba o Boat Weekend Club, a feira náutica do Iate Clube de Itacuruçá e dá outras providências.”</t>
   </si>
   <si>
     <t>15701</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15701/parecer_07_cesam_24_pl_13.24_18.03.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15701/parecer_07_cesam_24_pl_13.24_18.03.24.pdf</t>
   </si>
   <si>
     <t>Parecer 007/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 013/2024, de autoria do Sr. Vereador Alessandro Portugal, que "Dispõe sobre a autorização ao Poder Executivo Municipal de Mangaratiba a repassar aos Agentes Comunitários de Saúde (ACS), Agentes de Combate às Endemias (ACE), Guardas de Endemias e aos Agentes de Controle de Zoonoses, incentivo financeiro adicional e dá outras providências."</t>
   </si>
   <si>
     <t>15984</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15984/parecer_cesam_08_2024_-_pl_50_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15984/parecer_cesam_08_2024_-_pl_50_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 008/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 050/2023, de autoria do Sr. Vereador Emilson da Farmácia, que "Inclui no calendário de eventos do município de Mangaratiba o Desafio Kayak Fishing brasil em Itacuruçá e dá outras providências".</t>
   </si>
   <si>
     <t>15985</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15985/parecer_cesam_09_2024_-_pl_63_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15985/parecer_cesam_09_2024_-_pl_63_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 009/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 063/2023, de autoria do Sr. Vereador Emilson da Farmácia, que "Propõe a instalação de boias de flutuação para demarcar área segura para banhistas nas praias de Mangaratiba".</t>
   </si>
   <si>
     <t>15986</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15986/parecer_cesam_10_2024_-_pl_90_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15986/parecer_cesam_10_2024_-_pl_90_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 010/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 090/2023, de autoria do Sr. Vereador Emilson da Farmácia, que "Sugere a criação do Parque Arqueológico e Ambiental do Sahy como fortalecimento de Mangaratiba como a Capital Estadual do Turismo de Natureza".</t>
   </si>
   <si>
     <t>15988</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15988/parecer_cesam_12_2024_-_pl_23_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15988/parecer_cesam_12_2024_-_pl_23_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 012/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 023/2024, de autoria do Sr. Vereador Prof. Renato Fifiu, que "Institui no Calendário Oficial de Eventos de Mangaratiba a 'Festa do Divino Espírito Santo' e dá outras providências".</t>
   </si>
   <si>
     <t>16070</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16070/parecer_cesam_13_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16070/parecer_cesam_13_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 013/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 098/2023 de autoria do Sr. Vereador Aristides Barcelos que “Cria a "Semana municipal de combate e prevenção ao câncer de pele", no município de Mangaratiba e dá outras providências”;</t>
   </si>
   <si>
     <t>16106</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16106/parecer_14_cesam_24_pl_73.23_20.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16106/parecer_14_cesam_24_pl_73.23_20.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 014/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 073/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Determina que as unidades escolares municipais construídas a partir dessa data sejam inclusivas, com condições de autonomia e segurança para portadores de deficiências”.</t>
   </si>
   <si>
     <t>16107</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16107/parecer_15_cesam_24_pl_77.23_20.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16107/parecer_15_cesam_24_pl_77.23_20.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 015/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 077/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Autoriza a Prefeitura Municipal a assegurar à criança e ao adolescente portador de deficiência ou cujos pais ou responsáveis sejam cidadãos que portem algum tipo de deficiência a prioridade máxima de vaga em unidade da rede pública municipal mais próxima de sua residência”.</t>
   </si>
   <si>
     <t>16108</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16108/parecer_16_cesam_24_pl_78.23_20.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16108/parecer_16_cesam_24_pl_78.23_20.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 016/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 078/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Institui como Patrimônio Cultural Imaterial de Mangaratiba a Folia de Reis os Três Reis do Oriente, da Serra do Piloto”.</t>
   </si>
   <si>
     <t>16109</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16109/parecer_17_cesam_24_pl_92.23_20.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16109/parecer_17_cesam_24_pl_92.23_20.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 017/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 092/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Sugere a criação de um Centro Multidisciplinar de Atendimento ao Autismo em Mangaratiba”.</t>
   </si>
   <si>
     <t>16110</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16110/parecer_18_cesam_24_pl_95.23_20.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16110/parecer_18_cesam_24_pl_95.23_20.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 018/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 095/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Determina que seja feito um estudo para viabilizar com urgência a abertura ao público de todos os equipamentos culturais de Mangaratiba”.</t>
   </si>
   <si>
     <t>16122</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16122/parecer_19_cesam_24_msg_19.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16122/parecer_19_cesam_24_msg_19.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 019/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável à Mensagem 019/2024 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que 'Cria cargos e vagas e inclui os cargos na estrutura Administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar nº17/2011 – Plano de cargos, carreiras e salários dos servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências'".</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16125/parecer_20_cesam_24_pl_28.24_27.05.24.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16125/parecer_20_cesam_24_pl_28.24_27.05.24.pdf</t>
   </si>
   <si>
     <t>Parecer 020/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 028/2024 de autoria do Sr. Vereador Prof. Renato Fifiu que “Autoriza o Chefe do Poder Executivo Municipal a instituir o plano de cargos, carreiras e salários dos profissionais do magistério público do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16183</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16183/parecer_cesam_21_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16183/parecer_cesam_21_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 021/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 022/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a campanha Abril Laranja: mês de prevenção à violência animal no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16184</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16184/parecer_cesam_22_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16184/parecer_cesam_22_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 022/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 043/2023 de autoria do Sr. Vereador Hugo Graçano que “Institui o mês 'Junho Laranja', dedicado à conscientização e à prevenção de queimaduras”.</t>
   </si>
   <si>
     <t>16577</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16577/parecer_cesam_23_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16577/parecer_cesam_23_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 023/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 046/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a Semana do Orgulho LGBTQIAPN+ no município de Mangaratiba”.</t>
   </si>
   <si>
     <t>16578</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16578/parecer_cesam_24_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16578/parecer_cesam_24_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 024/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 047/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a implementação da prática da meditação nas instituições escolares dentro do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>16579</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16579/parecer_cesam_25_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16579/parecer_cesam_25_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 025/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 049/2023 de autoria do Sr. Vereador Dori Costa que “Institui o Dia do Artista Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>16580</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16580/parecer_cesam_26_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16580/parecer_cesam_26_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 026/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 053/2023 de autoria do Sr. Vereador Dori Costa que “Institui a Semana Municipal dos pais atípicos de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16581</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16581/parecer_cesam_27_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16581/parecer_cesam_27_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 027/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 054/2023 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre a divulgação da relação dos medicamentos de distribuição gratuita, disponíveis e faltosos, na rede pública municipal de saúde e dá outras providências”.</t>
   </si>
   <si>
     <t>16583</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16583/parecer_cesam_29_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16583/parecer_cesam_29_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 029/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 056/2023 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a criação do Projeto SOS Coluna nas Escolas Públicas e Privadas no município de Mangaratiba para alunos e docentes e dá outras providências”.</t>
   </si>
   <si>
     <t>16584</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16584/parecer_cesam_30_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16584/parecer_cesam_30_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 030/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 066/2023 de autoria do Sr. Vereador Dori Costa que “Fica determinado o tempo de atendimento da pessoa com espectro autista em instituições públicas e privadas de acordo com os níveis de gravidade no transtorno do espectro autista (TEA) do dsm5, no município de Mangaratiba”.</t>
   </si>
   <si>
     <t>16585</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16585/parecer_cesam_31_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16585/parecer_cesam_31_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 031/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 067/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Estimula a criação de hortas comunitárias orgânicas nas escolas municipais de Mangaratiba e indica outras providências”.</t>
   </si>
   <si>
     <t>16586</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16586/parecer_cesam_32_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16586/parecer_cesam_32_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 032/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 070/2023 de autoria dos Srs. Vereadores Emilson da Farmácia e Rômulo Carcará que “Isenta cidadãos de Mangaratiba doadores de sangue das taxas de inscrição em concursos públicos em âmbito municipal”.</t>
   </si>
   <si>
     <t>16587</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16587/parecer_cesam_33_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16587/parecer_cesam_33_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 033/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 071/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui Programa “Mulheres de Peito”, de apoio com câncer de mama e dá outras providências”.</t>
   </si>
   <si>
     <t>16588</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16588/parecer_cesam_34_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16588/parecer_cesam_34_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 034/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 076/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Autoriza a Prefeitura Municipal de Mangaratiba a criar um programa de vacinação domiciliar do idoso”.</t>
   </si>
   <si>
     <t>16625</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_cesam_35_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_cesam_35_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 035/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 056/2024 de autoria do Sr. Vereador Aristides Barcelos que “Fica autorizado ao Chefe do Poder Executivo, criar a Secretaria Municipal de Pessoa com Deficiência, Mobilidade Reduzida e Doenças Raras e dá outras providências”.</t>
   </si>
   <si>
     <t>16674</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16674/parecer_cesam_36_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16674/parecer_cesam_36_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 036/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 053/2022 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza a implantação do Centro Municipal de Diagnósticos por Imagem de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16677</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16677/parecer_cesam_37_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16677/parecer_cesam_37_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 037/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 060/2022 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza a criação do Programa de Assistência Médica e Odontológica junto às escolas e Centros Educacionais Infantis Municipais (CEIM) de Mangaratiba, e dá outras providências".</t>
   </si>
   <si>
     <t>16678</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Parecer 038/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 065/2022 de autoria do Sr. Vereador Juninho de Jacareí que “Dispõe sobre a inclusão do ensino do conteúdo do ECA, Estatuto da Criança e do Adolescente, como atividade curricular obrigatória nas escolas da rede pública municipal de ensino, e dá outras providências”.</t>
   </si>
   <si>
     <t>16679</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Parecer 039/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 079/2022 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza a criação do Programa “Cesta Básica do Idoso” no âmbito do município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>16680</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16680/parecer_cesam_40_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16680/parecer_cesam_40_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 040/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 048/2023 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a criação de abrigo municipal para cães e gatos, no âmbito do município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>16714</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16714/parecer_cesam_41_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16714/parecer_cesam_41_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 041/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 057/2023 de autoria do Sr. Vereador Rômulo Carcará que “Institui os Jogos Escolares do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16682</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16682/parecer_cesam_42_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16682/parecer_cesam_42_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 042/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 058/2023 de autoria dos Srs. Vereadores Alessandro Portugal e Hugo Graçano que “Propõe incluir no Calendário da Cidade a Caminhada pela Inclusão Social”.</t>
   </si>
   <si>
     <t>16683</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16683/parecer_cesam_43_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16683/parecer_cesam_43_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 043/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 065/2023 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre o programa censo de inclusão, através do cadastro para a identificação e mapeamento das crianças e dos idosos, com algum tipo de deficiência ou mobilidade reduzida, no âmbito do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16684</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16684/parecer_cesam_44_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16684/parecer_cesam_44_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 044/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 074/2023 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre o programa “Adote Projetos Esportivos” no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16685</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16685/parecer_cesam_45_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16685/parecer_cesam_45_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 045/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 075/2023 de autoria do Sr. Vereador João Felippe que “Garante à população acesso a informações sobre beneficiados por programas sociais da prefeitura municipal de Mangaratiba, através da internet, no site da prefeitura ou outros meios de acesso livre à população”.</t>
   </si>
   <si>
     <t>16686</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16686/parecer_cesam_46_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16686/parecer_cesam_46_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 046/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 079/2023 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a criação do Programa Talentos da Terra e dá outras providências”.</t>
   </si>
   <si>
     <t>16786</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_cesam_47_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_cesam_47_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 047/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 080/2023 de autoria do Sr. Vereador Nilton Santiago que “Cria o Fundo Municipal de Segurança Pública no âmbito do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>16688</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16688/parecer_cesam_48_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16688/parecer_cesam_48_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 048/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 081/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Determina que violências contra idosos sejam obrigatoriamente notificadas ao Conselho Municipal da Pessoa Idosa de Mangaratiba e ao Ministério Público”.</t>
   </si>
   <si>
     <t>16689</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16689/parecer_cesam_49_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16689/parecer_cesam_49_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 049/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 039/2024 de autoria do Sr. Vereador Hugo Graçano que “Institui o (maio laranja) no Calendário Oficial do município de Mangaratiba, com o intuito de fomentar o combate ao abuso e à exploração sexual de crianças e adolescentes e dá outras providências”.</t>
   </si>
   <si>
     <t>16690</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16690/parecer_cesam_50_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16690/parecer_cesam_50_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 050/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 040/2024 de autoria do Sr. Vereador João Felippe que “Institui ao município de Mangaratiba a obrigação de colocar nos estacionamentos públicos e privados e em conduções escolares cartazes alertando sobre o abandono involuntário de menores no interior dos veículos”.</t>
   </si>
   <si>
     <t>16691</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16691/parecer_cesam_51_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16691/parecer_cesam_51_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 051/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 044/2024 de autoria do Sr. Vereador Aristides Barcelos que “Torna obrigatório a existência de enfermaria escolar e a permanência de técnico de enfermagem ou auxiliar de enfermagem em estabelecimentos de ensino que atendam a cinquenta ou mais alunos”.</t>
   </si>
   <si>
     <t>16713</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16713/parecer_cesam_52_2024.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16713/parecer_cesam_52_2024.pdf</t>
   </si>
   <si>
     <t>Parecer 052/2024 da Comissão de Educação, Saúde, Ação Social e Meio Ambiente favorável ao Projeto de Lei 046/2024 de autoria do Sr. Vereador Rômulo Carcará que “Inclui no Calendário Oficial de Mangaratiba a Copa White Tiger de Vôlei”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -978,68 +978,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15649/parecer_02_cesam_24_pl_61.23_11.03.24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15650/parecer_03_cesam_24_pl_64.23_11.03.24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15651/parecer_04_cesam_24_pl_82.23_11.03.24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15713/parecer_05_cesam_24_msg_12.24_18.03.24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15700/parecer_06_cesam_24_pl_11.24_18.03.24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15701/parecer_07_cesam_24_pl_13.24_18.03.24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15984/parecer_cesam_08_2024_-_pl_50_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15985/parecer_cesam_09_2024_-_pl_63_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15986/parecer_cesam_10_2024_-_pl_90_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15988/parecer_cesam_12_2024_-_pl_23_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16070/parecer_cesam_13_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16106/parecer_14_cesam_24_pl_73.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16107/parecer_15_cesam_24_pl_77.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16108/parecer_16_cesam_24_pl_78.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16109/parecer_17_cesam_24_pl_92.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16110/parecer_18_cesam_24_pl_95.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16122/parecer_19_cesam_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16125/parecer_20_cesam_24_pl_28.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16183/parecer_cesam_21_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16184/parecer_cesam_22_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16577/parecer_cesam_23_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16578/parecer_cesam_24_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16579/parecer_cesam_25_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16580/parecer_cesam_26_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16581/parecer_cesam_27_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16583/parecer_cesam_29_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16584/parecer_cesam_30_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16585/parecer_cesam_31_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16586/parecer_cesam_32_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16587/parecer_cesam_33_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16588/parecer_cesam_34_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_cesam_35_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16674/parecer_cesam_36_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16677/parecer_cesam_37_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16680/parecer_cesam_40_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16714/parecer_cesam_41_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16682/parecer_cesam_42_2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16683/parecer_cesam_43_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16684/parecer_cesam_44_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16685/parecer_cesam_45_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16686/parecer_cesam_46_2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_cesam_47_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16688/parecer_cesam_48_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16689/parecer_cesam_49_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16690/parecer_cesam_50_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16691/parecer_cesam_51_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16713/parecer_cesam_52_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15649/parecer_02_cesam_24_pl_61.23_11.03.24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15650/parecer_03_cesam_24_pl_64.23_11.03.24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15651/parecer_04_cesam_24_pl_82.23_11.03.24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15713/parecer_05_cesam_24_msg_12.24_18.03.24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15700/parecer_06_cesam_24_pl_11.24_18.03.24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15701/parecer_07_cesam_24_pl_13.24_18.03.24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15984/parecer_cesam_08_2024_-_pl_50_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15985/parecer_cesam_09_2024_-_pl_63_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15986/parecer_cesam_10_2024_-_pl_90_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/15988/parecer_cesam_12_2024_-_pl_23_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16070/parecer_cesam_13_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16106/parecer_14_cesam_24_pl_73.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16107/parecer_15_cesam_24_pl_77.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16108/parecer_16_cesam_24_pl_78.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16109/parecer_17_cesam_24_pl_92.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16110/parecer_18_cesam_24_pl_95.23_20.05.24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16122/parecer_19_cesam_24_msg_19.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16125/parecer_20_cesam_24_pl_28.24_27.05.24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16183/parecer_cesam_21_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16184/parecer_cesam_22_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16577/parecer_cesam_23_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16578/parecer_cesam_24_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16579/parecer_cesam_25_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16580/parecer_cesam_26_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16581/parecer_cesam_27_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16583/parecer_cesam_29_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16584/parecer_cesam_30_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16585/parecer_cesam_31_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16586/parecer_cesam_32_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16587/parecer_cesam_33_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16588/parecer_cesam_34_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_cesam_35_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16674/parecer_cesam_36_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16677/parecer_cesam_37_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16680/parecer_cesam_40_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16714/parecer_cesam_41_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16682/parecer_cesam_42_2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16683/parecer_cesam_43_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16684/parecer_cesam_44_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16685/parecer_cesam_45_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16686/parecer_cesam_46_2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_cesam_47_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16688/parecer_cesam_48_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16689/parecer_cesam_49_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16690/parecer_cesam_50_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16691/parecer_cesam_51_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2024/16713/parecer_cesam_52_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>