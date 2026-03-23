--- v0 (2025-12-08)
+++ v1 (2026-03-23)
@@ -54,339 +54,339 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13408</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13408/indicacao_24_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13408/indicacao_24_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja feito um quebra-molas na Rua Azaléia dos Amores, em frente ao lote 03 em Ibicuí, Mangaratiba – 1º Distrito.</t>
   </si>
   <si>
     <t>13442</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13442/indicacao_36_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13442/indicacao_36_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de uma placa informando que é permitido estacionar por no máximo 15 minutos na Rua Coronel Moreira da Silva, 71A – Centro de Mangaratiba (1º Distrito), próximo ao Atelier das Cestas.</t>
   </si>
   <si>
     <t>13505</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13505/indicacao_72_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13505/indicacao_72_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente para que seja feito um quebra-molas na Avenida Rafael Levy Miranda, antes de chegar na Praça Santana, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>13546</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13546/indicacao_98_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13546/indicacao_98_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente para que seja pintado o quebra-molas da Rua Coronel Moreira da Silva, em frente ao número 47, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13576</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13576/indicacao_105_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13576/indicacao_105_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que avalie a possibilidade de realizar reparos na lombada da Estrada São João Marcos, em frente a casa nº 77, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13632</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13632/indicacao_138_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13632/indicacao_138_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado, em caráter de urgência junto à secretaria competente, para que seja encaminhado um Guarda de Trânsito diariamente nos horários de entrada e saída da Escola Municipal Victor de Souza Breves, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13888</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13888/indicacao_210_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13888/indicacao_210_2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo Sr. Prefeito a criação de um ponto de mototáxi, na Estrada São João Marcos em frente ao número 118, bairro El Ranchito, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13968</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13968/indicacao_236_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13968/indicacao_236_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que em caráter de urgência entre em contato com a secretaria competente, no sentido de providenciar a construção do ponto de ônibus na Estrada RJ 14 em frente ao Lote 05 Quadra N ( em frente ao cantinho da Selma), Muriqui, 4º Distrito.</t>
   </si>
   <si>
     <t>13999</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13999/indicacao_258_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13999/indicacao_258_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito  que seja colocado bloqueios de trânsito móvel para motos, na passagem  de nível central  de Muriqui para a praia, 4º Distrito.</t>
   </si>
   <si>
     <t>14085</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14085/indicacao_292_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14085/indicacao_292_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor que, em caráter de urgência, entre em contato com as Secretarias competentes, para que seja inserida faixa de pedestre, com sinalização no cruzamento da Rua Manaus com a Rua Frei Afonso (Frente ao mercado Unidos) na Praia do Saco, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14093</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14093/indicacao_293_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14093/indicacao_293_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que,  na medida do possível, encaminhe-se à Secretária de competência, para que proceda com a pintura do quebra-molas localizado na Rua José Alves de Souza Silva, próximo ao antigo bar do Demil,  Parque Bela Vista em  Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14205</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14205/indicacao_337_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14205/indicacao_337_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de Competência, para que torne obrigatória que a parada dos carros para embarque e desembarque ocorra em apenas um lado da Rua Frei Afonso Jorge Braga – Praia do Saco (Em frente à Escola Cemuzinho), Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14291</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14291/indicacao_362_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14291/indicacao_362_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente, para que seja colocado um quebra-mola na Estrada São João Marcos, 91, em frente a Igreja Universal, Ranchito, Mangaratiba,  1º Distrito.</t>
   </si>
   <si>
     <t>14293</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que  seja instalada uma rotatória na Rua Gastão de Carvalho com Av. Itaguaí, em Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14300</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14300/indicacao_371_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14300/indicacao_371_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as Secretarias competentes, para que seja inserida faixa de pedestre, com sinalização de faixa amarela (proibido estacionar) no cruzamento da Rua do Cravo com a Estrada São João Marcos, Nova Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14481</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14481/indicacao_419_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14481/indicacao_419_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito  que, na medida do possível, encaminhe-se à Secretaria de competência, para que seja feita pintura exclusiva para parada de ônibus escolar em frente à Escola Maria Rosa Magalhães localizada no Apara, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14895</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14895/indicacao_513_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14895/indicacao_513_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja colocado um quebra-molas na Rua 1º de Maio, em frente ao colégio EDC, Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>14898</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14898/indicacao_518_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14898/indicacao_518_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se à Secretaria de competência, para que proceda com a instalação de placas identificando sentido das ruas que sobe e desce em torno da praça de Junqueira - Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>14910</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14910/indicacao_530_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14910/indicacao_530_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que providencie a sinalização na rua em frente a Casa das Rações Amigos de Patas, localizada na Avenida 7 de setembro, 186, em Muriqui (4º Distrito) a fim de evitar que carros passem em alta velocidade neste local.</t>
   </si>
   <si>
     <t>13771</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13771/msg_16_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13771/msg_16_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "institui o código disciplinar do serviço de transporte de escolares em veículos automotores do Município de Mangaratiba".</t>
   </si>
   <si>
     <t>13772</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13772/msg_17_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13772/msg_17_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o projeto de lei que "institui o código disciplinar do serviço de transporte coletivo executivo de passageiros".</t>
   </si>
   <si>
     <t>13775</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13775/msg_20_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13775/msg_20_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Dispõe sobre a funcionalidade e operacionalidade do estacionamento rotativo de veículos, no âmbito do Município de Mangaratiba".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -693,68 +693,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13408/indicacao_24_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13442/indicacao_36_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13505/indicacao_72_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13546/indicacao_98_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13576/indicacao_105_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13632/indicacao_138_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13888/indicacao_210_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13968/indicacao_236_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13999/indicacao_258_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14085/indicacao_292_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14093/indicacao_293_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14205/indicacao_337_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14291/indicacao_362_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14300/indicacao_371_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14481/indicacao_419_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14895/indicacao_513_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14898/indicacao_518_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14910/indicacao_530_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13771/msg_16_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13772/msg_17_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13775/msg_20_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13408/indicacao_24_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13442/indicacao_36_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13505/indicacao_72_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13546/indicacao_98_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13576/indicacao_105_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13632/indicacao_138_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13888/indicacao_210_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13968/indicacao_236_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13999/indicacao_258_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14085/indicacao_292_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14093/indicacao_293_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14205/indicacao_337_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14291/indicacao_362_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14300/indicacao_371_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14481/indicacao_419_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14895/indicacao_513_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14898/indicacao_518_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14910/indicacao_530_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13771/msg_16_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13772/msg_17_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13775/msg_20_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>