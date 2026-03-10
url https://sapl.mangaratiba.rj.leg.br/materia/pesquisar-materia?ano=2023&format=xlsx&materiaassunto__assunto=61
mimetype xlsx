--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -54,339 +54,339 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13454</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13454/indicacao_47_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13454/indicacao_47_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a criação da Secretaria da Pessoa com Deficência no Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>13767</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13767/indicacao_169_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13767/indicacao_169_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam convocados os aprovados no Concurso Público n º 01/2021, inclusive os que compõem o cadastro de reserva.</t>
   </si>
   <si>
     <t>13982</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13982/indicacao_250_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13982/indicacao_250_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em prazo razoável, seja encaminhada mensagem à Câmara Municipal, capeando Projeto de Lei, fixando o piso salarial dos enfermeiros, técnicos e auxiliares de enfermagem da rede de saúde do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14036</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14036/indicacao_264_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14036/indicacao_264_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja designado um funcionário habilitado para pequenos reparos no hospital.</t>
   </si>
   <si>
     <t>14355</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14355/indicacao_377_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14355/indicacao_377_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que estude a possibilidade de transformar a Ingaíba no sétimo Distrito de Mangaratiba.</t>
   </si>
   <si>
     <t>14427</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14427/indicacao_407_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14427/indicacao_407_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de Competência, para que proceda a implementação do curso de defesa pessoal para funcionários públicos do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14776</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14776/indicacao_515_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14776/indicacao_515_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que a Secretaria de Assistência Social e Direitos Humanos de Mangaratiba viabilize a implantação de um Centro de Referência de Assistência Social – CRAS na Ilha de Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14977</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14977/indicacao_538_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14977/indicacao_538_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que pague aos professores e demais funcionários da Ilha de Itacuruçá a gratificação “Difícil Acesso”, 3º Distrito.</t>
   </si>
   <si>
     <t>15157</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15157/indicacao_601_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15157/indicacao_601_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, em caráter de urgência, seja criado uma subsecretaria LGBTQIA+.</t>
   </si>
   <si>
     <t>15225</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15225/indicacao_618_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15225/indicacao_618_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de Competência, para que proceda com o funcionamento dos telefones dos setores da administração pública.</t>
   </si>
   <si>
     <t>15293</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15293/indicacao_637_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15293/indicacao_637_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à SECRETARIA DE COMPETÊNCIA, para que proceda com a regularização da carga horária dos ASB’S (20 horas semanais), dentro do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>15302</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>Alessandro Portugal, Dori Costa, Hugo Graçano, João Felippe, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15302/indicacao_646_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15302/indicacao_646_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, em atenção ao disposto no artigo 34, inciso IV, da Lei Orgânica Municipal, bem como no parágrafo 4º, do artigo 69 da Lei  5/1991, seja efetuado o pagamento do décimo terceiro salário o quanto antes, com base na remuneração integral do servidor, ou no valor da aposentadoria.</t>
   </si>
   <si>
     <t>13330</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13330/msg_01.2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13330/msg_01.2023.pdf</t>
   </si>
   <si>
     <t>Fica instituído o Conselho Municipal de Turismo – COMTUR e dá outras providências.</t>
   </si>
   <si>
     <t>13918</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13918/oficio_273_2023_solicita_retirada_da_msg_03_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13918/oficio_273_2023_solicita_retirada_da_msg_03_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei de autoria do Poder Executivo Municipal que “Dispõe sobre reajuste dos subsídios recebidos pelo Prefeito, Vice-Prefeito e Secretários Municipais da Administração Direta e Indireta do Poder Executivo e dá outras providências”. MENSAGEM RETIRADA CONFORME OFÍCIO 273/2023 DE AUTORIA DO PODER EXECUTIVO MUNCIPAL.</t>
   </si>
   <si>
     <t>13356</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13356/msg_07.2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13356/msg_07.2023.pdf</t>
   </si>
   <si>
     <t>Capeia Projeto de Lei Complementar que "Dispõe sobre a organização da nova Estrutura da Administração Pública e criação da Subprocuradoria Fiscal da Dívida Ativa do Município de Mangaratiba". OFÍCIO 085/2024 DO CHEFE DE GABINETE DO PODER EXECUTIVO MUNICIPAL SOLICITANDO A RETIRADA E DEVOLUÇÃO DA MENSAGEM 07/2023.</t>
   </si>
   <si>
     <t>14212</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14212/mensagem_27_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14212/mensagem_27_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei Complementar que "Dispõe sobre a criação do Núcleo de Acolhimento Especializado – NAE, vinculado à Secretaria Municipal de Educação, Esportes e Lazer, Secretaria Municipal de Saúde e Secretaria Municipal de Assistência Social e Direitos Humanos e dá outras providências.</t>
   </si>
   <si>
     <t>15222</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Ofício 443/23, solicitando a devolução da Mensagem em 31/07/23, Ofício 140/23 ao Sr. Prefeito em 03/08/23 devolvendo a Mensagem. Encerrada.</t>
   </si>
   <si>
     <t>14729</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14729/mensagem_34_2023_altera_o_art_1o_da_lei_complementar_70_2022_._estrutura_pmm.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14729/mensagem_34_2023_altera_o_art_1o_da_lei_complementar_70_2022_._estrutura_pmm.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei Complementar que "Altera o artigo 1º da Lei Complementar 70, de 14 de dezembro de 2022, que dispõe sobre a estruturação da Administração Pública Municipal, nos termos do art. 70, parágrafo único, VI, da Lei Orgânica de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>14844</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14844/msg_39_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14844/msg_39_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão Permanente de Inspeção e Revisão de Procedimentos Fiscalizatórios de Ordem Pública do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15290</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15290/msg_55_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15290/msg_55_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Dispõe sobre a contratação de pessoal para atender as necessidades temporárias excepcionais e por tempo determinado da Secretaria Municipal de Educação, Esporte e Lazer de Mangaratiba, por meio de processo seletivo simplificado, nos termos do Inciso IX, do art.37 da Constituição Federal e Lei 8.745/93, e dá outras providências".</t>
   </si>
   <si>
     <t>14603</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14603/pl_75_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14603/pl_75_2023.pdf</t>
   </si>
   <si>
     <t>Garante à população acesso a informações sobre beneficiados por programas sociais da Prefeitura Municipal de Mangaratiba, através da internet, no site da prefeitura ou outros meios de acesso livre à população.</t>
   </si>
   <si>
     <t>15203</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15203/pl_93_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15203/pl_93_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar o Conselho e Fundo Municipal de Fiscalização de Obras e Posturas do município de Mangaratiba e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -693,68 +693,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13454/indicacao_47_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13767/indicacao_169_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13982/indicacao_250_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14036/indicacao_264_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14355/indicacao_377_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14427/indicacao_407_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14776/indicacao_515_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14977/indicacao_538_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15157/indicacao_601_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15225/indicacao_618_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15293/indicacao_637_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15302/indicacao_646_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13330/msg_01.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13918/oficio_273_2023_solicita_retirada_da_msg_03_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13356/msg_07.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14212/mensagem_27_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14729/mensagem_34_2023_altera_o_art_1o_da_lei_complementar_70_2022_._estrutura_pmm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14844/msg_39_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15290/msg_55_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14603/pl_75_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15203/pl_93_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13454/indicacao_47_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13767/indicacao_169_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13982/indicacao_250_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14036/indicacao_264_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14355/indicacao_377_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14427/indicacao_407_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14776/indicacao_515_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14977/indicacao_538_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15157/indicacao_601_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15225/indicacao_618_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15293/indicacao_637_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15302/indicacao_646_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13330/msg_01.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13918/oficio_273_2023_solicita_retirada_da_msg_03_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13356/msg_07.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14212/mensagem_27_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14729/mensagem_34_2023_altera_o_art_1o_da_lei_complementar_70_2022_._estrutura_pmm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14844/msg_39_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15290/msg_55_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14603/pl_75_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15203/pl_93_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>