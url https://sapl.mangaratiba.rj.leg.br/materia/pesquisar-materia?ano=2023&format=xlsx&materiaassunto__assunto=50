--- v0 (2025-12-17)
+++ v1 (2026-03-21)
@@ -54,2787 +54,2787 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13384</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PCCJ</t>
   </si>
   <si>
     <t>Parecer CCJ</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13384/parecer_01_ccj_23_msg_60.22_02.03.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13384/parecer_01_ccj_23_msg_60.22_02.03.23.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2023 da Comissão de Constituição e Justiça favorável a Mensagem 060/2022 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dá nova redação ao parágrafo 2º do art. 2º da Lei nº1235, de 25 de setembro de 2019, e dá outras providências”</t>
   </si>
   <si>
     <t>13385</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13385/parecer_02_ccj_23_msg_008.23_02.03.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13385/parecer_02_ccj_23_msg_008.23_02.03.23.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2023 da Comissão de Constituição e Justiça favorável a Mensagem 008/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Institui o Programa de Recuperação Fiscal do Município de Mangaratiba – REFIS e dá outras providências".</t>
   </si>
   <si>
     <t>13386</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13386/parecer_03_ccj_23_msg_009.23_02.03.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13386/parecer_03_ccj_23_msg_009.23_02.03.23.pdf</t>
   </si>
   <si>
     <t>Parecer 003/2023 da Comissão de Constituição e Justiça favorável a Mensagem 009/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a criação da Subsecretaria de Políticas Públicas para as Mulheres do Município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>13528</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13528/parecer_04_ccj_23_msg_001.23_21.03.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13528/parecer_04_ccj_23_msg_001.23_21.03.23.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2023 da Comissão de Constituição e Justiça favorável a Mensagem 001/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Fica instituído o Conselho Municipal de Turismo – COMTUR e dá outras providências".</t>
   </si>
   <si>
     <t>13534</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13534/parecer_05_ccj_23_pelom_07.22_21.03.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13534/parecer_05_ccj_23_pelom_07.22_21.03.23.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2023 da Comissão de Constituição e Justiça favorável a Proprosta de Emenda a Lei Orgânica 007/2022 de autoria dos Senhores Vereadores que "Inclui o § 5º ao artigo 33 da Lei Orgânica Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>13653</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_06_ccj_23_msg_07.23_28.03.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_06_ccj_23_msg_07.23_28.03.23.pdf</t>
   </si>
   <si>
     <t>Parecer 006/2023 da Comissão de Constituição e Justiça favorável a Mensagem 007/2023 que Capeia o Projeto de Lei Complementar que “Dispõe sobre a organização da nova estrutura da Administração Pública e a criação da Subprocuradoria Fiscal da Divida Ativa do Município".</t>
   </si>
   <si>
     <t>13676</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_07_ccj_23_msg_69.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_07_ccj_23_msg_69.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 007/2023 da Comissão de Constituição e Justiça favorável a Mensagem 069/2022 que capeia o Projeto de Lei Complementar que “Cria cargos e vagas e inclui os cargos na estrutura administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar 017/2011 - Plano de Cargos, Carreiras e Salários dos Servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13678</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_ccj_08_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_ccj_08_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 008/2023 da Comissão de Constituição e Justiça favorável a Mensagem 040/2022 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Institui Programa de Estágio para Estudantes de Ensino Médio, Superior e Pós Superior no âmbito da Prefeitura Municipal de Mangaratiba e contém outras providências”.</t>
   </si>
   <si>
     <t>13679</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_ccj_09_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_ccj_09_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 009/2023 da Comissão de Constituição e Justiça favorável a Mensagem 005/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dá nome a Próprio Municipal - Centro de Referência de Assistência Social e Núcleo de Convivência da Terceira Idade - Jayme Ferreira Jordão Filho".</t>
   </si>
   <si>
     <t>13720</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13720/parecer_10_ccj_23_pl_42.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13720/parecer_10_ccj_23_pl_42.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 010/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 042/2022 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre autorização para a criação de escola agrícola no Horto Municipal de Mangaratiba".</t>
   </si>
   <si>
     <t>13680</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_ccj_11_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_ccj_11_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 011/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 043/2022 de autoria do Sr. Vereador Josué Té que“Institui o Dia do Trabalhador Rural no âmbito do município”.</t>
   </si>
   <si>
     <t>13681</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_ccj_12_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_ccj_12_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 012/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 044/2022 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a dragagem do Rio do Saco no município de Mangaratiba”.</t>
   </si>
   <si>
     <t>13733</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13733/parecer_13_ccj_23_pl_47.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13733/parecer_13_ccj_23_pl_47.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 013/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 047/2022 de autoria dos Senhores Vereadores Leandro de Paula e Josué Té que “Institui a Política de Transparência nas obras públicas do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>13682</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13682/parecer_ccj_14_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13682/parecer_ccj_14_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 014/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 048/2022 de autoria do Sr. Vereador Vereador Nilton Santiago que “Dá nome a Logradouro Público – Rua Dirce Maria de Oliveira dos Santos”.</t>
   </si>
   <si>
     <t>13683</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_ccj_15_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_ccj_15_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 015/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 051/2022 de autoria dos Senhores Vereadores Alessandro Portugal e Hugo Graçano que “Dispõe sobre o fechamento/interdição das principais ruas com alagamento na Praia do Saco no Município de Mangaratiba”;</t>
   </si>
   <si>
     <t>13684</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_ccj_16_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_ccj_16_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 016/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 056/2022 de autoria do Sr. Vereador João Felippe que “Dispõe sobre o dever do Município de assegurar assessoria jurídica gratuita para os membros da Guarda Municipal de Mangaratiba que, pelo exercício da função, são submetidos a processos judiciais”.</t>
   </si>
   <si>
     <t>13685</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_ccj_17_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_ccj_17_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 017/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 057/2022 de autoria do Sr. Vereador Alessandro Portugal que “Institui homenagear os servidores públicos municipais aposentados em reconhecimento aos serviços prestados à Administração Municipal durante o exercício de suas funções”.</t>
   </si>
   <si>
     <t>13686</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_ccj_18_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_ccj_18_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 018/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 058/2022 de autoria do Sr. Vereador Alessandro Portugal que “Institui oferecer tratamento de fisioterapia respiratória para os alunos de CEIMS (etapa Creche)”.</t>
   </si>
   <si>
     <t>13687</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_ccj_19_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_ccj_19_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 019/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 061/2022 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a implantação do sistema praia limpa nas praias do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>13721</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13721/parecer_20_ccj_23_pl_64.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13721/parecer_20_ccj_23_pl_64.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 020/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 064/2022 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre o uso de espaços públicos de publicidade para campanhas educativas contra atos de violência contra mulher”.</t>
   </si>
   <si>
     <t>13722</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13722/parecer_21_ccj_23_pl_66.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13722/parecer_21_ccj_23_pl_66.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 021/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 066/2022 de autoria do Sr. Vereador Dori Costa que “Denomina-se Próprios Municipais - E. M. Antônio Conceição da Costa, a atual E. M. Batatal”.</t>
   </si>
   <si>
     <t>13688</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_ccj_22_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_ccj_22_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 022/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 069/2022 de autoria do Sr. Vereador João Felippe que “Cria o Programa de incentivo à prática desportiva de futevôlei – pró futevôlei, em espaços públicos do município e dá outras providências”.</t>
   </si>
   <si>
     <t>13723</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13723/parecer_23_ccj_23_pl_70.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13723/parecer_23_ccj_23_pl_70.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 023/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 070/2022 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre instalação de brinquedos para portadores de deficiência física nas escolas para promoção da acessibilidade”.</t>
   </si>
   <si>
     <t>13689</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_ccj_24_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_ccj_24_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 024/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 073/2022 de autoria do Sr. Vereador Nilton Santiago que “Institui o Programa Educacional de Resistência às Drogas e à Violência – PROERD, e fixa outras providências”.</t>
   </si>
   <si>
     <t>13690</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13690/parecer_ccj_25_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13690/parecer_ccj_25_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 025/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 074/2022 de autoria do Sr. Vereador Dr. Mair que “Dispõe sobre a publicação, na internet, da lista de espera dos pacientes que aguardam por consultas (discriminadas por especialidade), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública de saúde do município e dá outras providências”.</t>
   </si>
   <si>
     <t>13724</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13724/parecer_26_ccj_23_pl_76.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13724/parecer_26_ccj_23_pl_76.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 026/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 076/2022 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre o estímulo ao empreendedorismo feminino e dá outras providências”.</t>
   </si>
   <si>
     <t>13725</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13725/parecer_27_ccj_23_pl_75.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13725/parecer_27_ccj_23_pl_75.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 027/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 077/2022 de autoria do Sr. Vereador Dori Costa que “Cria o programa ambulatorial de fisioterapia respiratória para tratar sequelas respiratórias dos pacientes que tiveram covid-19 e dá outras providencias”.</t>
   </si>
   <si>
     <t>13726</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13726/parecer_28_ccj_23_pl_78.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13726/parecer_28_ccj_23_pl_78.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer  028/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 078/2022 de autoria do Sr. Vereador Dori Costa que “Institui a semana municipal de incentivo e valorização do coletor de reciclagem e dá outras providências”.</t>
   </si>
   <si>
     <t>13691</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13691/parecer_ccj_29_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13691/parecer_ccj_29_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 029/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 081/2022 de autoria do Sr. Vereador Nilton Santiago que “Dispõe sobre diretrizes para o acesso à internet nas áreas rurais e vulneráveis, sob regime de parceria ou instrumento congênere com entidades públicas e privadas”.</t>
   </si>
   <si>
     <t>13727</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13727/parecer_30_ccj_23_pl_83.22_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13727/parecer_30_ccj_23_pl_83.22_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 030/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 083/2022 de autoria do Sr. Vereador Dori Costa que “Institui no Calendário Oficial de Eventos do Município de Mangaratiba o Dia do Coletor de Lixo, na forma que indica”.</t>
   </si>
   <si>
     <t>13692</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13692/parecer_ccj_31_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13692/parecer_ccj_31_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 031/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 084/2022 de autoria do Sr. Vereador Alessandro Portugal que “Propõe a criação da Medalha Guardiões da Saúde”.</t>
   </si>
   <si>
     <t>13693</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13693/parecer_ccj_32_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13693/parecer_ccj_32_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 032/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 085/2022 de autoria do Sr. Vereador Alessandro Portugal que “Reconhece e denomina Logradouro Público Municipal, sob a denominação que menciona e dá outras providências – a Rua R.F passa a denominar-se Rua Ricardo do Carmo Gomes”.</t>
   </si>
   <si>
     <t>13694</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13694/parecer_ccj_33_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13694/parecer_ccj_33_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 033/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 086/2022 de autoria do Sr. Vereador Josué Té que “Institui no calendário de eventos, os campeonatos amadores de futsal, beach soccer e futevôlei dos bairros do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13728</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13728/parecer_34_ccj_23_pl_02.23_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13728/parecer_34_ccj_23_pl_02.23_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 034/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 002/2023 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre a obrigatoriedade do ensino de informática na Educação Infantil e no Ensino Fundamental e Médio”.</t>
   </si>
   <si>
     <t>13729</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13729/parecer_37_ccj_23_pl_05.23_04.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13729/parecer_37_ccj_23_pl_05.23_04.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 037/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 005/2023 de autoria do Sr. Vereador Hugo Graçano que “Institui o Programa “CULTURA AQUI”, que fomenta e autoriza a utilização de determinados espaços, nas praças públicas dos Distritos de Mangaratiba para exposição de peças e artigos produzidos por artesãos cadastrados, além da divulgação da cultura local Mangaratibense”.</t>
   </si>
   <si>
     <t>13695</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13695/parecer_ccj_38_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13695/parecer_ccj_38_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 038/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 007/2023 de autoria do Sr. Vereador Wlad da Pesca que “Cria o Programa Biblioteca Digital nas bibliotecas e escolas públicas do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13696</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13696/parecer_ccj_39_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13696/parecer_ccj_39_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 039/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 008/2023 de autoria do Sr. Vereador Nilton Santiago que “Institui a Semana de Prevenção Municipal em Defesa Civil e Cria a Medalha de Mérito de Proteção e Defesa Civil e dá outras providências”.</t>
   </si>
   <si>
     <t>13697</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13697/parecer_ccj_40_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13697/parecer_ccj_40_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 040/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 010/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a inclusão no Calendário Oficial de Eventos do município o Festival do Boteco Mangaratibense”.</t>
   </si>
   <si>
     <t>13748</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13748/parecer_41_ccj_23_msg_65.22_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13748/parecer_41_ccj_23_msg_65.22_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer  041/2023 da Comissão de Constituição e Justiça favorável a Mensagem 065/2022 de autoria do Chefe do Poder Executivo Municipal que capeia Projeto o de Lei Complementar que "Dispõe sobre a transformação, redimensionamento e criação de Cargos Públicos Municipais e regulamenta as carreiras de Auditor de Controle Interno, Analista de Controle Interno, Gestor de Controle Interno e Técnico de Controle Interno, no âmbito da Controladoria Geral do Município".</t>
   </si>
   <si>
     <t>13749</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13749/parecer_42_ccj_23_msg_12.23_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13749/parecer_42_ccj_23_msg_12.23_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 042/2023 da Comissão de Constituição e Justiça favorável a Mensagem 012/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que "Cria o Conselho Municipal de Segurança Pública do Município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>13750</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13750/parecer_43_ccj_23_pl_01.23_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13750/parecer_43_ccj_23_pl_01.23_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 043/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 01/2023 de autoria do Sr. Vereador Hugo Graçano que “Fica o Poder Executivo autorizado a criar o aplicativo “Aluno nas Escolas” como plataforma oficial de acompanhamento de alunos do município do Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>13751</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13751/parecer_44_ccj_23_pl_09.23_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13751/parecer_44_ccj_23_pl_09.23_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 044/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 09/2023 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre o Turismo Religioso no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>13752</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13752/parecer_45_ccj_23_pl_11.23_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13752/parecer_45_ccj_23_pl_11.23_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 045/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 011/2023 de autoria do Sr. Vereador Rômulo Carcará que “Fica assegurado o direito das mulheres de terem acompanhante, uma pessoa de sua livre escolha, nas consultas e exames em geral nos estabelecimentos públicos e privados de saúde no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13753</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13753/parecer_46_ccj_23_pl_12.23_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13753/parecer_46_ccj_23_pl_12.23_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer n 046/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 012/2023 de autoria do Sr. Vereador Rômulo Carcará que “Inclui no Calendário Oficial de Mangaratiba a Caminhada pela Conscientização do Dia do Autismo”.</t>
   </si>
   <si>
     <t>13754</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Parecer 047/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 013/2023 de autoria do Sr. Vereador Nilton Santiago que “Dispõe sobre a implantação de ecopontos para a coleta de pequenas proporções de entulhos, móveis, estofados velhos e outros materiais, no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13758</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Parecer 048/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 014/2023 de autoria do Sr. Vereador Dr. Davi que “Inclui a Semana de Conscientização da luta pelos direitos das pessoas com doenças falciformes no Calendário Oficial da cidade de Mangaratiba”;</t>
   </si>
   <si>
     <t>13755</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13755/parecer_49_ccj_23_pl_15.23_13.04.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13755/parecer_49_ccj_23_pl_15.23_13.04.23.pdf</t>
   </si>
   <si>
     <t>Parecer 049/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 015/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a criação de um plano de monitoramento e prevenção de desastres naturais no município de Mangaratiba”.</t>
   </si>
   <si>
     <t>13756</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Parecer 050/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 016/2023 de autoria do Sr. Vereador Nilton Santiago que “Cria o auxílio para aquisição de uniforme dos Guardas Civis Municipais, dos Agentes de Trânsito e dos Servidores da Ordem Pública do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13757</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Parecer 051/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 019/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a implementação de guarda-vidas nas praias do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>14243</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14243/parecer_52_ccj_23_pl_63.22_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14243/parecer_52_ccj_23_pl_63.22_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 052/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 063/2022 de autoria do Sr. Vereador Hugo Graçano que “Cria a jornada de trabalho municipal de 30 horas semanais aos enfermeiros, técnicos de enfermagem e auxiliares de enfermagem”.</t>
   </si>
   <si>
     <t>14261</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14261/parecer_53_ccj_23_pl_87.22_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14261/parecer_53_ccj_23_pl_87.22_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 53/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 87/2022 de autoria do Sr. Vereador Wlad da Pesca que “autoriza o Poder Executivo Municipal a ceder imóvel público, mediante cessão de uso e dá outras providências".</t>
   </si>
   <si>
     <t>14262</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14262/parecer_ccj_54_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14262/parecer_ccj_54_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 54/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 88/2022 de autoria do Sr. Vereador Nilton Santiago que “dispõe sobre o reajuste do piso salarial mínimo para servidores e ocupantes de cargos de provimento em comissão da Prefeitura Municipal de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>14263</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14263/parecer_ccj_55_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14263/parecer_ccj_55_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 55/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 17/2023 de autoria do Sr. Vereador Dr. Davi que “Inclui a Semana de Conscientização sobre a Alergia Alimentar no Calendário Oficial da Cidade de Mangaratiba”.</t>
   </si>
   <si>
     <t>14264</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14264/parecer_ccj_56_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14264/parecer_ccj_56_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 56/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 18/2023 de autoria do Sr. Vereador Rômulo Carcará que “Altera os artigos 4º e 12 da Lei 1.308, de 24 setembro de 2020 e dá outras providências”.</t>
   </si>
   <si>
     <t>14244</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14244/parecer_57_ccj_23_pl_20.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14244/parecer_57_ccj_23_pl_20.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 057/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 020/2023 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a proibição do uso de aparelhos eletrônicos portáteis, sem fins educacionais, durante os horários de aula ou quaisquer outros ambientes em que estejam sendo desenvolvidas atividades educacionais nos níveis de ensino fundamental, médio, técnico e superior nas escolas do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>14245</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14245/parecer_58_ccj_23_pl_21.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14245/parecer_58_ccj_23_pl_21.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 058/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 021/2023 de autoria do Sr. Vereador Alessandro Portugal que “dispõe sobre a disponibilização de ao menos 01 (um) Guarda Municipal fixo para garantir a segurança de alunos e funcionários em cada Instituição de Ensino do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>14246</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14246/parecer_59_ccj_23_pl_22.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14246/parecer_59_ccj_23_pl_22.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 059/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 022/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a campanha Abril Laranja: mês de prevenção à violência animal no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>14265</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14265/parecer_ccj_60_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14265/parecer_ccj_60_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 60/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 23/2023 de autoria do Sr. Vereador Rômulo Carcará que “Dá nome a Logradouro Público - Rua Celi Gonçalves de Vasconcelos” (a atual “Rua da Amizade” situada no bairro Nova Mangaratiba).</t>
   </si>
   <si>
     <t>14266</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14266/parecer_ccj_61_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14266/parecer_ccj_61_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 61/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 24/2023 de autoria do Sr. Vereador Rômulo Carcará que “Autoriza a criação do serviço móvel de atendimento de urgência e emergência veterinária do município de Mangaratiba – SAMUPET – para resgate, socorro, tratamento e esterilização gratuita a animais sob risco ou sofrimento e dá outras providências”.</t>
   </si>
   <si>
     <t>14267</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14267/parecer_ccj_62_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14267/parecer_ccj_62_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 62/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 25/2023 de autoria do Sr. Vereador Rômulo Carcará que "Autoriza o transporte de animais de pequeno e médio porte nos meios integrantes do serviço de transporte coletivo municipal da forma que menciona".</t>
   </si>
   <si>
     <t>14268</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14268/parecer_ccj_63_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14268/parecer_ccj_63_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 63/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 26/2023 de autoria do Sr. Vereador Rômulo Carcará que "Dispõe sobre a obrigatoriedade, no âmbito do município de Mangaratiba de adaptação de eventos realizados ao ar livre às pessoas com deficiência ou mobilidade reduzida e dá outras providências”.</t>
   </si>
   <si>
     <t>14269</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14269/parecer_ccj_64_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14269/parecer_ccj_64_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 64/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 27/2023 de autoria do Sr. Vereador Rômulo Carcará que "Dispõe sobre a criação do “Selo Empresa Amiga do Animal” no âmbito do município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>14270</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14270/parecer_ccj_65_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14270/parecer_ccj_65_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 65/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 28/2023 de autoria do Sr. Vereador Rômulo Carcará que "Autoriza o Poder Executivo a criar o “Clube de Descontos do Servidor”, por meio de parcerias com empresas privadas de diversos segmentos, tendo como finalidade oferecer descontos na aquisição de produtos ou serviços para os servidores públicos do município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>14247</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14247/parecer_66_ccj_23_pl_29.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14247/parecer_66_ccj_23_pl_29.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 066/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 029/2023 de autoria do Sr. Vereador Alessandro Portugal que "Dispõe sobre a obrigatoriedade da inclusão do símbolo do transtorno do espectro autista (TEA) nas placas de atendimento prioritário nos estabelecimentos públicos e privados e nos transportes coletivos dentro do município de Mangaratiba".</t>
   </si>
   <si>
     <t>14248</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14248/parecer_67_ccj_23_pl_30.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14248/parecer_67_ccj_23_pl_30.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 067/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 030/2023 de autoria do Sr. Vereador João Felippe que " "Institui no âmbito do município de Mangaratiba o Programa Direito na Escola".</t>
   </si>
   <si>
     <t>14271</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14271/parecer_ccj_68_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14271/parecer_ccj_68_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 68/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 31/2023 de autoria do Sr. Vereador Rômulo Carcará que “Dá nome a Logradouro Público – Rua Dílson Martins”, a atual Rua 2 no Guity - Mangaratiba.</t>
   </si>
   <si>
     <t>14272</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14272/parecer_ccj_69_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14272/parecer_ccj_69_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 69/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 32/2023 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a criação de um protocolo de segurança para as instituições de ensino do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14273</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14273/parecer_ccj_70_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14273/parecer_ccj_70_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 70/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 33/2023 de autoria do Sr. Vereador Wlad da Pesca que “Dispõe sobre a obrigatoriedade dos condomínios residenciais e comerciais no município de Mangaratiba a comunicar aos órgãos de segurança pública quando houver em seu interior a ocorrência ou indícios de episódios de violência doméstica e familiar contra mulheres, crianças, adolescentes ou idosos”.</t>
   </si>
   <si>
     <t>14274</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14274/parecer_ccj_71_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14274/parecer_ccj_71_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 71/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 34/2023 de autoria do Sr. Vereador Wlad da Pesca que “Denomina-se Próprio Municipal a sala de auditório do Horto Municipal – Emerson dos Santos Martins”.</t>
   </si>
   <si>
     <t>14249</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14249/parecer_72_ccj_23_pl_35.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14249/parecer_72_ccj_23_pl_35.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 072/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 035/2023 de autoria do Sr. Vereador Alessandro Portugas que “Denomina-se Próprio Municipal o CEO – Centro de Especialidades Odontológicas – Carlos Eduardo Perissé”.</t>
   </si>
   <si>
     <t>14250</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14250/parecer_73_ccj_23_pl_36.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14250/parecer_73_ccj_23_pl_36.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 073/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 036/2023 de autoria do Sr. Vereador Hugo Graçano e Alessandro Portugal que "Fica o Poder Executivo autorizado a criar o Programa Casa do Autismo”.</t>
   </si>
   <si>
     <t>14275</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14275/parecer_ccj_74_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14275/parecer_ccj_74_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 74/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 37/2023 de autoria do Sr. Vereador Rômulo Carcará que “Torna obrigatório a aplicação do questionário m-chat para realização do rastreamento de sinais precoces do autismo durante atendimento em unidades de saúde pública e privado no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14276</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14276/parecer_ccj_75_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14276/parecer_ccj_75_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 75/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 38/2023 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre o Programa Limpa rios no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>15221</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15221/parecer_77_ccj_23_pl_40.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15221/parecer_77_ccj_23_pl_40.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 77/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 40/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a capacitação em Língua Brasileira de Sinais – Libras – como critério de desempate em concursos públicos e processos seletivos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>14277</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14277/parecer_ccj_78_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14277/parecer_ccj_78_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 78/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 41/2023 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre a participação em eventos e competições esportivas oficiais do estudante atleta regularmente matriculado nas instituições de ensino da rede pública e privada, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>14251</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14251/parecer_79_ccj_23_pl_42.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14251/parecer_79_ccj_23_pl_42.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 079/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 042/2023 de autoria do Sr. Vereador João Felippe,  que “dispõe sobre a emissão de certidões negativas de débitos municipais de forma eletrônica e dá outras providências”.</t>
   </si>
   <si>
     <t>14252</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14252/parecer_80_ccj_23_pl_43.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14252/parecer_80_ccj_23_pl_43.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 080/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 043/2023 de autoria do Sr. Vereador Hugo Graçano que “Institui o mês "Junho Laranja", dedicado à conscientização e à prevenção de queimaduras”.</t>
   </si>
   <si>
     <t>14253</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14253/parecer_81_ccj_23_pl_44.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14253/parecer_81_ccj_23_pl_44.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 081/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 044/2023 de autoria do Sr. Vereador Alessandro Portugas que “Institui a implementação de guarda-vidas nas praias do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>14254</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14254/parecer_82_ccj_23_pl_45.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14254/parecer_82_ccj_23_pl_45.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 082/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 045/2023 de autoria do Sr. Vereador Alessandro Portugal que "dispõe sobre a casa de acolhimento para pessoas LGBTQIAPN+ vítimas de violência ou vulnerabilidade social”.</t>
   </si>
   <si>
     <t>14279</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14279/parecer_ccj_83_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14279/parecer_ccj_83_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 83/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 01/2023 de autoria da Mesa Diretora que “Altera o § 1º do artigo 69 da Resolução 58/99 e dá outras providências”.</t>
   </si>
   <si>
     <t>14280</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14280/parecer_ccj_84_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14280/parecer_ccj_84_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 84/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Decreto Legislativo 06/2022 de autoria do Sr. Presidente que “Susta a PORTARIA Nº 23, DE 05 DE OUTUBRO DE 2022, de autoria da Secretária Municipal de Educação que dispõe sobre os critérios técnicos de mérito e desempenho para exercer a função de diretores escolares da rede pública municipal de ensino do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>14256</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14256/parecer_85_ccj_23_pdl_07.22_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14256/parecer_85_ccj_23_pdl_07.22_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 85/2023 da Comissão de Constituição e Justiça favorável Projeto de Decreto Legislativo 07/2022 de autoria do Sr. Vereador Hugo Graçano que “dispõe sobre a suspensão do comando da Comunicação Interna (CI) 195/SMEEL/2022, de 18 de outubro de 2022, quanto ao Professor I de catorze horas da rede pública municipal de ensino de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>14258</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14258/parecer_86_ccj_23_msg_24.23_20.06.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14258/parecer_86_ccj_23_msg_24.23_20.06.23.pdf</t>
   </si>
   <si>
     <t>Parecer 86/2023 da Comissão de Constituição e Justiça favorável a Mensagem 24/2023 de autoria do Chefe do Poder Executivo Municipal que Capeia o Projeto de Lei que "Dá nome à Próprio Municipal - Elza de Souza Pinto, o núcleo da Terceira Idade da Praia do Saco, Mangaratiba”.</t>
   </si>
   <si>
     <t>14312</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14312/parecer_ccj_87_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14312/parecer_ccj_87_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 87/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 47/2023 de autoria do Sr. Vereador Alessandro Portugal que “Institui a implementação da prática da meditação nas instituições escolares dentro do município de Mangaratiba”;</t>
   </si>
   <si>
     <t>14313</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14313/parecer_ccj_88_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14313/parecer_ccj_88_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 88/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 48/2023 de autoria do Sr. Vereador João Felippe que dispõe sobre a criação de abrigo municipal para cães e gatos, no âmbito do município de Mangaratiba, e dá outras providências.</t>
   </si>
   <si>
     <t>14314</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14314/parecer_ccj_89_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14314/parecer_ccj_89_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 89/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 50/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Inclui no Calendário de Eventos do Município de Mangaratiba o Desafio Kayak Fishing Brasil em Itacuruçá e dá outras providências.</t>
   </si>
   <si>
     <t>14381</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14381/parecer_90_ccj_23_pl_46.23_10.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14381/parecer_90_ccj_23_pl_46.23_10.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer nº 90/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 46/2023 de autoria do Sr. Vereador Alessandro Portugal que Institui a Semana do Orgulho LGBTQIAPN+ no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14382</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14382/parecer_91_ccj_23_pl_49.23_10.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14382/parecer_91_ccj_23_pl_49.23_10.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer 91/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 49/2023 de autoria do Sr. Vereador Dori Costa que Institui o Dia do Artista Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>14420</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14420/parecer_ccj_92_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14420/parecer_ccj_92_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 92/2023 da Comissão de Constituição e Justiça favorável à Mensagem 23/2023 que capeia o Projeto de Lei que altera o art. 9º da Lei  690/2010, que dispõe sobre a estrutura, processo de escolha e funcionamento do Conselho Tutelar do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14446</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14446/parecer_93_ccj_23_msg_28.23_24.08.23_contrario.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14446/parecer_93_ccj_23_msg_28.23_24.08.23_contrario.pdf</t>
   </si>
   <si>
     <t>Parecer 93/2023 da Comissão de Constituição e Justiça CONTRÁRIO à Mensagem 28/2023 que capeia o Veto Total ao Projeto de Lei 20/2022 de autoria do Senhor Vereador Alessandro Portugal que cria obrigatoriedade de instalação de coletores de guimba nas praias do município.</t>
   </si>
   <si>
     <t>14447</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14447/parecer_94_ccj_23_contrario_msg_30.23_24.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14447/parecer_94_ccj_23_contrario_msg_30.23_24.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer 94/2023 da Comissão de Constituição e Justiça CONTRÁRIO à Mensagem 30/2023 que capeia o Veto Total ao Projeto de Lei 91/2021 de autoria do Senhor Vereador Hugo Graçano que institui a Declaração Municipal de Direitos de Liberdade Econômica, estabelece normas para atos de liberação de atividade econômica e a análise de impacto regulatório e dá outras providências.</t>
   </si>
   <si>
     <t>14497</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14497/parecer_95_ccj_23_pl_51.23_24.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14497/parecer_95_ccj_23_pl_51.23_24.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer 95/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 51/2023 de autoria do Sr. Vereador João Felippe que dispõe sobre a alteração do Art. 11 da Lei 1486/2023.</t>
   </si>
   <si>
     <t>14448</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14448/parecer_96_cfo_23_pl_18.23_24.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14448/parecer_96_cfo_23_pl_18.23_24.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer 96/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 52/2023 de autoria dos Senhores Vereadores Professor Renato Fifiu e João Felippe que dispõe sobre a alteração do Art. 2º da Lei 1438/2022.</t>
   </si>
   <si>
     <t>14498</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14498/parecer_97_ccj_23_pl_53.23_24.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14498/parecer_97_ccj_23_pl_53.23_24.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer 97/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 53/2023 de autoria do Sr. Vereador Dori Costa que institui a Semana Municipal dos Pais Atípicos de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14499</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14499/parecer_98_ccj_23_pl_54.23_24.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14499/parecer_98_ccj_23_pl_54.23_24.08.23.pdf</t>
   </si>
   <si>
     <t>Parecer 98/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 54/2023 de autoria do Sr. Vereador Dori Costa que dispõe sobre a divulgação da relação dos medicamentos de distribuição gratuita, disponíveis e faltosos, na rede pública municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>14449</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14449/parecer_ccj_99_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14449/parecer_ccj_99_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 99/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 55/2023 de autoria dos Senhores Vereadores Alessandro Portugal e Hugo Graçano que institui a Semana do Orgulho Autista no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14450</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14450/parecer_ccj_100_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14450/parecer_ccj_100_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 100/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 56/2023 de autoria do Sr. Vereador Alessandro Portugal que dispõe sobre a criação do Projeto SOS Coluna nas Escolas Públicas e Privadas no município de Mangaratiba para alunos e docentes e dá outras providências.</t>
   </si>
   <si>
     <t>14558</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14558/parecer_ccj_101_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14558/parecer_ccj_101_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 101/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 62/2023 de autoria do Sr. Vereador Emilson da Farmácia que Institui no calendário de eventos do Município o Encontro de Motoclubes em Mangaratiba.</t>
   </si>
   <si>
     <t>14559</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14559/parecer_ccj_102_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14559/parecer_ccj_102_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 102/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 63/2023 de autoria do Sr. Vereador Emilson da Farmácia que propõe a instalação de boias de flutuação para demarcar área segura para banhistas nas praias de Mangaratiba.</t>
   </si>
   <si>
     <t>14560</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14560/parecer_ccj_103_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14560/parecer_ccj_103_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 103/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 64/2023 de autoria do Sr. Vereador Aristides Barcelos que institui no Município de Mangaratiba o selo “Empresa Inclusiva”, às empresas que empreguem pessoas com necessidades especiais e dá outras providências.</t>
   </si>
   <si>
     <t>14561</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14561/parecer_ccj_104_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14561/parecer_ccj_104_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 104/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 65/2023 de autoria do Sr. Vereador Dori Costa que dispõe sobre o programa censo de inclusão, através do cadastro para a identificação e mapeamento das crianças e dos idosos, com algum tipo de deficiência ou mobilidade reduzida, no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14562</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14562/parecer_ccj_105_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14562/parecer_ccj_105_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 105/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 66/2023 de autoria do Sr. Vereador Dori Costa que fica determinado o tempo de atendimento da pessoa com espectro autista, em instituições públicas e privadas de acordo com os níveis de gravidade no transtorno do espectro autista (TEA) do dsm5, no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14563</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14563/parecer_ccj_106_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14563/parecer_ccj_106_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 106/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 67/2023 de autoria do Sr. Vereador Emilson da Farmácia que estimula a criação de hortas comunitárias orgânicas nas escolas municipais de Mangaratiba e indica outras providências.</t>
   </si>
   <si>
     <t>14564</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14564/parecer_ccj_107_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14564/parecer_ccj_107_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 107/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 68/2023 de autoria do Sr. Vereador Emilson da Farmácia que declara a Capoeira, o Jongo, o Calango, o Maculelê, a Puxada de Rede e o Samba de Roda Patrimônios Culturais Imateriais do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14565</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14565/parecer_ccj_108_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14565/parecer_ccj_108_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 108/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 57/2023 de autoria do Sr. Vereador Rômulo Carcará que institui os Jogos Escolares do Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14566</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14566/parecer_ccj_109_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14566/parecer_ccj_109_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 109/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 58/2023 de autoria dos Senhores Vereadores Alessandro Portugal e Hugo Graçano que propõe incluir no Calendário da Cidade a Caminhada pela Inclusão Social.</t>
   </si>
   <si>
     <t>14567</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14567/parecer_ccj_110_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14567/parecer_ccj_110_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 110/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 59/2023 de autoria do Sr. Vereador Alessandro Portugal que denomina-se Próprios Municipais - Nilton de Souza Gonçalves”, a quadra de esportes localizada na pracinha do Colégio João Paulo II na Praia do Saco.</t>
   </si>
   <si>
     <t>14620</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14620/parecer_ccj_111_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14620/parecer_ccj_111_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 111/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 60/2023 de autoria do Sr. Vereador Hugo Graçano que dispõe sobre a criação do Festival de Inverno de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14568</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14568/parecer_ccj_112_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14568/parecer_ccj_112_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 112/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 69/2023 de autoria do Sr. Vereador Emilson da Farmácia que estabelece a revitalização do Quarteirão Cultural de Itacuruçá, com o auxílio da Prefeitura Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>14569</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14569/parecer_ccj_113_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14569/parecer_ccj_113_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 113/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 70/2023 de autoria dos Senhores Vereadores Emilson da Farmácia e Rômulo Carcará que isenta cidadãos de Mangaratiba doadores de sangue das taxas de inscrição em concursos públicos, em âmbito municipal.</t>
   </si>
   <si>
     <t>14570</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14570/parecer_cfo_114_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14570/parecer_cfo_114_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 114/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 71/2023 de autoria do Sr. Vereador Alessandro Portugal que institui Programa “Mulheres de Peito”, de apoio com câncer de mama e dá outras providências.</t>
   </si>
   <si>
     <t>14571</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14571/parecer_ccj_115_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14571/parecer_ccj_115_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 115/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 72/2023 de autoria do Sr. Vereador Nilton Santiago que dá nome a Logradouro Público – Rua Manoel Marques da Silva”, a atual rua sem nome no Alto de Ibicuí.</t>
   </si>
   <si>
     <t>14572</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14572/parecer_ccj_116_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14572/parecer_ccj_116_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 116/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 73/2023 de autoria do Sr. Vereador Emilson da Farmácia que determina que as unidades escolares municipais construídas a partir dessa data, sejam inclusivas, com condições de autonomia e segurança para portadores de deficiências.</t>
   </si>
   <si>
     <t>14573</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14573/parecer_ccj_117_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14573/parecer_ccj_117_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 117/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 02/2023 de autoria do Sr. Vereador Dori Costa que outorga Título Honorífico de Cidadão Mangaratibense ao Sr. André Luiz Fraga Arciere.</t>
   </si>
   <si>
     <t>14574</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14574/parecer_ccj_118_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14574/parecer_ccj_118_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 118/2023 da Comissão de Constituição e Justiça favorável com Emenda Modificativa 04/2023 ao Projeto de Lei 61/2023 de autoria do Sr. Vereador Aristides Barcelos que dispõe sobre a assistência especial a ser fornecida à parturientes cujos filhos recém-nascidos seja pessoas com deficiência.</t>
   </si>
   <si>
     <t>14665</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Parecer 119/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 74/2023 de autoria do Senhor Vereador Dori Costa que dispõe sobre o programa “Adote Projetos Esportivos” no Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14666</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14666/parecer_ccj_120_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14666/parecer_ccj_120_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 120/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 03/2023 de autoria do Sr. Vereador Rômulo Carcará que “Outorga Título Honorífico de Cidadã Mangaratibense à Sra. Tayná Valéria Curssu dos Santos”.</t>
   </si>
   <si>
     <t>14717</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14717/parecer_ccj_121_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14717/parecer_ccj_121_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 121/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 75/2023 de autoria do Sr. Vereador João Felippe que garante à população, acesso às informações sobre beneficiados por programas sociais da Prefeitura Municipal de Mangaratiba, através da internet, no site da Prefeitura ou outros meios de acesso livre à população.</t>
   </si>
   <si>
     <t>14718</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14718/parecer_ccj_122_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14718/parecer_ccj_122_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 122/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 76/2023 de autoria do Sr. Vereador Emilson da Farmácia que autoriza a Prefeitura Municipal de Mangaratiba a criar um programa de vacinação domiciliar do idoso.</t>
   </si>
   <si>
     <t>14719</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14719/parecer_ccj_123_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14719/parecer_ccj_123_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 123/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 77/2023 de autoria do Sr. Vereador Emilson da Farmácia que autoriza a Prefeitura Municipal a assegurar à criança e ao adolescente portador de deficiência ou cujos pais ou responsáveis sejam cidadãos, que portem algum tipo de deficiência, a prioridade máxima de vaga em unidade da rede pública Municipal mais próxima de sua residência.</t>
   </si>
   <si>
     <t>14720</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14720/parecer_ccj_124_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14720/parecer_ccj_124_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 124/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 78/2023, de autoria do Sr. Vereador Emilson da Farmácia que institui como Patrimônio Cultural Imaterial de Mangaratiba a Folia de Reis os Três Reis do Oriente, da Serra do Piloto.</t>
   </si>
   <si>
     <t>14734</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14734/parecer_ccj_125_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14734/parecer_ccj_125_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 125/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 79/2023 de autoria do Sr. Vereador João Felippe que dispõe sobre a criação do Programa Talentos da Terra e dá outras providências.</t>
   </si>
   <si>
     <t>14735</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14735/parecer_ccj_126_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14735/parecer_ccj_126_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 126/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 80/2023 de autoria do Sr. Vereador Nilton Santiago que cria o Fundo Municipal de Segurança Pública no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14736</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14736/parecer_ccj_127_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14736/parecer_ccj_127_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 127/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 81/2023 de autoria do Sr. Vereador Emilson da Farmácia que determina que violências contra idosos sejam obrigatoriamente notificadas ao Conselho Municipal da Pessoa Idosa de Mangaratiba e ao Ministério Público.</t>
   </si>
   <si>
     <t>14738</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14738/parecer_ccj_129_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14738/parecer_ccj_129_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 129/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 05/2023 de autoria do Sr. Vereador Aristides Barcelos que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcio Roberto Duarte de Oliveira.</t>
   </si>
   <si>
     <t>14739</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14739/parecer_ccj_130_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14739/parecer_ccj_130_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 130/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 06/2023 de autoria do Sr. Vereador Dr. Davi que dispõe sobre Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Michelle Vaz Fonseca.</t>
   </si>
   <si>
     <t>14740</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14740/parecer_ccj_131_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14740/parecer_ccj_131_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 131/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 07/2023 de autoria do Sr. Vereador João Felippe que dispõe sobre Mérito Legislativo da Câmara Municipal de Mangaratiba à Sra. Rosangela da Conceição Guerra Oliveira.</t>
   </si>
   <si>
     <t>14831</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14831/parecer_ccj_132_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14831/parecer_ccj_132_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 132/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 08/2023 de autoria do Sr. Vereador Hugo Graçano, que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Andrea Cristo Santos Marques.</t>
   </si>
   <si>
     <t>14832</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14832/parecer_ccj_133_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14832/parecer_ccj_133_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 133/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 09/2023 de autoria do Sr. Vereador Nilton Santiago que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba ao Sr. Julio Cesar Tavares da Silva.</t>
   </si>
   <si>
     <t>14833</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14833/parecer_ccj_134_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14833/parecer_ccj_134_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 134/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 015/2023 de autoria do Sr. Vereador Dr. Davi que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba à Sra. Nelma Ney Tavares da Silva Andrade.</t>
   </si>
   <si>
     <t>14834</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Parecer 135/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 016/2023 de autoria da Mesa Diretora que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Consuenir de Oliveira Gonçalves.</t>
   </si>
   <si>
     <t>14835</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14835/parecer_ccj_136_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14835/parecer_ccj_136_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 136/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 017/2023 de autoria do Sr. Vereador Josué Té que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Adriana da Costa Teixeira.</t>
   </si>
   <si>
     <t>14836</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14836/parecer_ccj_137_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14836/parecer_ccj_137_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 137/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 021/2023 de autoria do Sr. Vereador Alessandro Portugal que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Andréa Maria dos Santos Laurentino.</t>
   </si>
   <si>
     <t>14837</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14837/parecer_ccj_138_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14837/parecer_ccj_138_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 138/2023 da Comissão de Constituição e Jutiça favorável ao Projeto de Resolução 024/2023 de autoria do Sr. Vereador Renato Fifiu que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba ao Sr. Hamilton Lopes de Lima.</t>
   </si>
   <si>
     <t>14838</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14838/parecer_ccj_139_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14838/parecer_ccj_139_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 139/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 025/2023 de autoria da Mesa Diretora que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba ao Sr. Gustavo Silvino de Oliveira.</t>
   </si>
   <si>
     <t>14839</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14839/parecer_ccj_140_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14839/parecer_ccj_140_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 140/2023 da Comissão de  Constituição e Justiça favorável ao Projeto de Resolução 026/2023 de autoria da Mesa Diretora que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba à Sra. Maria Angélica Gabriel Santos.</t>
   </si>
   <si>
     <t>14840</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14840/parecer_ccj_141_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14840/parecer_ccj_141_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 141/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 027/2023 de autoria do Sr. Vereador Aristides Barcellos que dispõe sobre o Mérito Legislativo da Câmara Municipal de Mangaratiba ao Sr. Jonatan Henrique Corbal Vilela.</t>
   </si>
   <si>
     <t>14948</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14948/parecer_ccj_142_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14948/parecer_ccj_142_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 142/2023 da Comissão de Constituição e Justiça favorável ao projeto de Resolução 028/2023 de autoria do Sr. Vereador Emilson da Farmácia que "Dispõe sobre Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Roberta Correa Oliveira".</t>
   </si>
   <si>
     <t>14949</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14949/parecer_ccj_143_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14949/parecer_ccj_143_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 143/2023 da Comissão de Constituição e Justiça favorável ao projeto de Resolução 031/2023 de autoria do Sr. Vereador Rômulo Carcará que "Dispõe sobre Mérito Legislativo da Câmara Municipal de Mangaratiba a Sra. Alessandra Andrade Cardoso".</t>
   </si>
   <si>
     <t>14885</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14885/parecer_144.23_da_ccj_favoravel_ao_pres_010.23-ns_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14885/parecer_144.23_da_ccj_favoravel_ao_pres_010.23-ns_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 144/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 010/2023 de autoria do Sr. Vereador Nilton Santiago que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Cristiane Vieira de Souza”.</t>
   </si>
   <si>
     <t>14886</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14886/parecer_145.23_da_ccj_favoravel_ao_pres_011.23-ns_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14886/parecer_145.23_da_ccj_favoravel_ao_pres_011.23-ns_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 145/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 011/2023 de autoria do Sr. Vereador Nilton Santiago que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Claudia Cristina Matheus”.</t>
   </si>
   <si>
     <t>14887</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14887/parecer_146.23_da_ccj_favoravel_ao_pres_012.23-ns_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14887/parecer_146.23_da_ccj_favoravel_ao_pres_012.23-ns_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 146/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 012/2023 de autoria do Sr. Vereador Nilton Santiago que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Carlos Antonio Matias”.</t>
   </si>
   <si>
     <t>14888</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14888/parecer_147.23_da_ccj_favoravel_ao_pres_013.23-ns_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14888/parecer_147.23_da_ccj_favoravel_ao_pres_013.23-ns_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 147/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 013/2023 de autoria do Sr. Vereador Nilton Santiago que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Fabio Augusto Bastos Cabral”.</t>
   </si>
   <si>
     <t>14889</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14889/parecer_148.23_da_ccj_favoravel_ao_pres_014.23-ap_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14889/parecer_148.23_da_ccj_favoravel_ao_pres_014.23-ap_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 148/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 014/2023 de autoria do Sr. Vereador Alessandro Portugal que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Rachel Martins Barral”.</t>
   </si>
   <si>
     <t>14890</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14890/parecer_149.23_da_ccj_favoravel_ao_pres_018.23-rp_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14890/parecer_149.23_da_ccj_favoravel_ao_pres_018.23-rp_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 149/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 018/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Maria Cristina Pereira de Araujo.</t>
   </si>
   <si>
     <t>14891</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14891/parecer_150.23_da_ccj_favoravel_ao_pres_019.23-rp_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14891/parecer_150.23_da_ccj_favoravel_ao_pres_019.23-rp_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 150/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 019/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Rafael da Silva”.</t>
   </si>
   <si>
     <t>14892</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14892/parecer_151.23_da_ccj_favoravel_ao_pres_020.23-rp_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14892/parecer_151.23_da_ccj_favoravel_ao_pres_020.23-rp_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 151/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 020/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Vitor Tenorio da Silva”.</t>
   </si>
   <si>
     <t>14893</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14893/parecer_152.23_da_ccj_favoravel_ao_pl_082.23-ab_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14893/parecer_152.23_da_ccj_favoravel_ao_pl_082.23-ab_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 152/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 082/2023 de autoria do Sr. Vereador Aristides Barcelos que “Dispõe sobre a criação do Programa de Proteção à Saúde Bucal da Pessoa com Transtorno do Espectro Autista e dá outras providências”.</t>
   </si>
   <si>
     <t>14894</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14894/parecer_153.23_da_ccj_favoravel_ao_dl_002.23-varios_10.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14894/parecer_153.23_da_ccj_favoravel_ao_dl_002.23-varios_10.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 153/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Decreto Legislativo 002/2023 de autoria dos Srs. Vereadores que “Susta a aplicação do Decreto nº4.900, de 21 de setembro de 2023, que regulamenta o serviço de transporte coletivo de passageiros de baixa capacidade por meio de vans no município de Mangaratiba”.</t>
   </si>
   <si>
     <t>14950</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14950/parecer_154.23_da_ccj_favoravel_ao_pr_22.2023_ns_17.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14950/parecer_154.23_da_ccj_favoravel_ao_pr_22.2023_ns_17.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 154/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 022/2023 de autoria do Sr. Vereador Nilton Santiago que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Alessandro de Andrade Fernandes.</t>
   </si>
   <si>
     <t>14951</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14951/parecer_155.23_da_ccj_favoravel_ao_pr_23.2023_dc_17.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14951/parecer_155.23_da_ccj_favoravel_ao_pr_23.2023_dc_17.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 155/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 023/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Edson do Nascimento Ribeiro".</t>
   </si>
   <si>
     <t>14952</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14952/parecer_156.23_da_ccj_favoravel_ao_pr_29.2023_rf_17.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14952/parecer_156.23_da_ccj_favoravel_ao_pr_29.2023_rf_17.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 156/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 029/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Bruno Martins dos Santos de Oliveira”.</t>
   </si>
   <si>
     <t>14953</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14953/parecer_157.23_da_ccj_favoravel_ao_pr_30.2023_ap_17.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14953/parecer_157.23_da_ccj_favoravel_ao_pr_30.2023_ap_17.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 157/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 030/2023 de autoria do Sr. Vereador Alessandro Portugal que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Marli Aparecida Machado Chedidi”.</t>
   </si>
   <si>
     <t>15001</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15001/parecer_159.23_da_ccj_favoravel_ao_pr_32.2023_ef_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15001/parecer_159.23_da_ccj_favoravel_ao_pr_32.2023_ef_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 159/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 32/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Jefferson Santos de Andrade”.</t>
   </si>
   <si>
     <t>15002</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15002/parecer_160.23_da_ccj_favoravel_ao_pr_33.2023_ef_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15002/parecer_160.23_da_ccj_favoravel_ao_pr_33.2023_ef_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 160/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 33/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Marly de Oliveira Pedroso”.</t>
   </si>
   <si>
     <t>15003</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15003/parecer_161.23_da_ccj_favoravel_ao_pr_35.2023_ab_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15003/parecer_161.23_da_ccj_favoravel_ao_pr_35.2023_ab_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 161/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 35/2023 de autoria do Sr. Vereador Aristides Barcelos que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Wanderson Viana Costa”.</t>
   </si>
   <si>
     <t>15004</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15004/parecer_162.23_da_ccj_favoravel_ao_pr_36.2023_ab_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15004/parecer_162.23_da_ccj_favoravel_ao_pr_36.2023_ab_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 162/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 36/2023 de autoria do Sr. Vereador Aristides Barcelos que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcos Rodrigo de Oliveira Medeiros”.</t>
   </si>
   <si>
     <t>15005</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15005/parecer_163.23_da_ccj_favoravel_ao_pr_37.2023_ap_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15005/parecer_163.23_da_ccj_favoravel_ao_pr_37.2023_ap_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 163/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 37/2023 de autoria do Sr. Vereador Alessandro Portugal que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Euzébio da Silva Bento”.</t>
   </si>
   <si>
     <t>15006</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15006/parecer_164.23_da_ccj_favoravel_ao_pr_38.2023_ap_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15006/parecer_164.23_da_ccj_favoravel_ao_pr_38.2023_ap_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 164/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 38/2023 de autoria do Sr. Vereador Alessandro Portugal que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Claudio Marcelo de Lima Lopes”.</t>
   </si>
   <si>
     <t>15007</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15007/parecer_165.23_da_ccj_favoravel_ao_pr_39.2023_rc_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15007/parecer_165.23_da_ccj_favoravel_ao_pr_39.2023_rc_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 165/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 39/2023 de autoria do Sr. Vereador Rômulo Carcará que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Eliza Costa de Abreu”.</t>
   </si>
   <si>
     <t>15008</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15008/parecer_166.23_da_ccj_favoravel_ao_pr_40.2023_ef_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15008/parecer_166.23_da_ccj_favoravel_ao_pr_40.2023_ef_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 166/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 40/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Monique Miranda Domingues”.</t>
   </si>
   <si>
     <t>15009</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15009/parecer_167.23_da_ccj_favoravel_ao_pr_41.2023_rf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15009/parecer_167.23_da_ccj_favoravel_ao_pr_41.2023_rf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 167/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 41/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Rafael Alves de Oliveira”.</t>
   </si>
   <si>
     <t>15010</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15010/parecer_168.23_da_ccj_favoravel_ao_pr_42.2023_md_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15010/parecer_168.23_da_ccj_favoravel_ao_pr_42.2023_md_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 168/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 42/2023 de autoria da Mesa Diretora que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Adriana Pina Silveira Santos Gomes”.</t>
   </si>
   <si>
     <t>15011</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15011/parecer_169.23_da_ccj_favoravel_ao_pr_43.2023_md_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15011/parecer_169.23_da_ccj_favoravel_ao_pr_43.2023_md_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 169/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 43/2023 de autoria da Mesa Diretora que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Francisco Andrade de Arruda”.</t>
   </si>
   <si>
     <t>15012</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15012/parecer_170.23_da_ccj_favoravel_ao_pr_44.2023_ap_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15012/parecer_170.23_da_ccj_favoravel_ao_pr_44.2023_ap_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 170/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 44/2023 de autoria do Sr. Vereador Alessandro Portugal que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Katia da Costa Oliveira”.</t>
   </si>
   <si>
     <t>15014</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15014/parecer_172.23_da_ccj_favoravel_ao_pr_46.2023_hg_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15014/parecer_172.23_da_ccj_favoravel_ao_pr_46.2023_hg_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 172/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 46/2023 de autoria do Sr. Vereador Hugo Graçano que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Daniel Barboza Ribeiro”.</t>
   </si>
   <si>
     <t>15015</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15015/parecer_173.23_da_ccj_favoravel_ao_pr_47.2023_hg_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15015/parecer_173.23_da_ccj_favoravel_ao_pr_47.2023_hg_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 173/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 47/2023 de autoria do Sr. Vereador Hugo Graçano que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Gutemberg Reis de Oliveira”.</t>
   </si>
   <si>
     <t>15016</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15016/parecer_174.23_da_ccj_favoravel_ao_pr_48.2023_hg_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15016/parecer_174.23_da_ccj_favoravel_ao_pr_48.2023_hg_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 174/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 48/2023 de autoria do Sr. Vereador Hugo Graçano que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Gilson Francisco da Cruz”.</t>
   </si>
   <si>
     <t>15017</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15017/parecer_175.23_da_ccj_favoravel_ao_pr_49.2023_ab_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15017/parecer_175.23_da_ccj_favoravel_ao_pr_49.2023_ab_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 175/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 49/2023 de autoria do Sr. Vereador Aristides Barcelos que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Almir de Almeida”.</t>
   </si>
   <si>
     <t>15018</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15018/parecer_176.23_da_ccj_favoravel_ao_pr_50.2023_rf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15018/parecer_176.23_da_ccj_favoravel_ao_pr_50.2023_rf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 176/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 50/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Rinaldo Silva Sousa”.</t>
   </si>
   <si>
     <t>15019</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15019/parecer_177.23_da_ccj_favoravel_ao_pr_51.2023_rf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15019/parecer_177.23_da_ccj_favoravel_ao_pr_51.2023_rf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 177/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 51/2023 de autoria do Sr. Vereador Prof. Renato Fifiu que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Alexander Mena de Oliveira”.</t>
   </si>
   <si>
     <t>15020</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15020/parecer_178.23_da_ccj_favoravel_ao_pr_52.2023_dc_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15020/parecer_178.23_da_ccj_favoravel_ao_pr_52.2023_dc_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 178/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 52/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Pio Marques da Cruz”.</t>
   </si>
   <si>
     <t>15021</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15021/parecer_179.23_da_ccj_favoravel_ao_pr_53.2023_jf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15021/parecer_179.23_da_ccj_favoravel_ao_pr_53.2023_jf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 179/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 53/2023 de autoria do Sr. Vereador João Felippe que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Huelton Carlos Vieira Alexandre.</t>
   </si>
   <si>
     <t>15022</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15022/parecer_180.23_da_ccj_favoravel_ao_pr_54.2023_jf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15022/parecer_180.23_da_ccj_favoravel_ao_pr_54.2023_jf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 180/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 54/2023 de autoria do Sr. Vereador João Felippe que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcos Castro de Pontes”.</t>
   </si>
   <si>
     <t>15023</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15023/parecer_181.23_da_ccj_favoravel_ao_pr_55.2023_jf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15023/parecer_181.23_da_ccj_favoravel_ao_pr_55.2023_jf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 181/2023P da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 55/2023 de autoria do Sr. Vereador João Felippe que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Paulo Roberto André”.</t>
   </si>
   <si>
     <t>15024</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15024/parecer_182.23_da_ccj_favoravel_ao_pr_56.2023_hg_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15024/parecer_182.23_da_ccj_favoravel_ao_pr_56.2023_hg_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 182/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 56/2023 de autoria do Sr. Vereador Hugo Graçano que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Mauro Cesar Medeiros de Mello”.</t>
   </si>
   <si>
     <t>15025</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15025/parecer_183.23_da_ccj_favoravel_ao_pr_57.2023_hg_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15025/parecer_183.23_da_ccj_favoravel_ao_pr_57.2023_hg_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 183/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 57/2023 de autoria do Sr. Vereador Hugo Graçano que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Wellington Vicente Ferreira”.</t>
   </si>
   <si>
     <t>15026</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15026/parecer_184.23_da_ccj_favoravel_ao_pr_58.2023_jf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15026/parecer_184.23_da_ccj_favoravel_ao_pr_58.2023_jf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 184/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 58/2023 de autoria do Sr. Vereador João Felippe que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Delson Goulart Lessa”.</t>
   </si>
   <si>
     <t>15027</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15027/parecer_185.23_da_ccj_favoravel_ao_pr_59.2023_jf_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15027/parecer_185.23_da_ccj_favoravel_ao_pr_59.2023_jf_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 185/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 59/2023 de autoria do Sr. Vereador João Felippe que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcus Vinicius Caram de Souza.</t>
   </si>
   <si>
     <t>15029</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15029/parecer_187.23_da_ccj_favoravel_ao_pr_61.2023_wp_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15029/parecer_187.23_da_ccj_favoravel_ao_pr_61.2023_wp_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 187/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 61/2023 de autoria do Sr. Vereador Wlad da Pesca que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Shayene Figueiredo Barreto”.</t>
   </si>
   <si>
     <t>15030</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15030/parecer_188.23_da_ccj_favoravel_ao_pr_62.2023_wp_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15030/parecer_188.23_da_ccj_favoravel_ao_pr_62.2023_wp_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 188/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 62/2023 de autoria do Sr. Vereador Wlad da Pesca que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Fernanda Garcia Porto”.</t>
   </si>
   <si>
     <t>15031</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15031/parecer_189.23_da_ccj_favoravel_ao_pr_63.2023_wp_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15031/parecer_189.23_da_ccj_favoravel_ao_pr_63.2023_wp_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 189/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 63/2023 de autoria do Sr. Vereador Wlad da Pesca que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcelo Martins Rosal”.</t>
   </si>
   <si>
     <t>15032</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15032/parecer_190.23_da_ccj_favoravel_ao_pr_64.2023_wp_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15032/parecer_190.23_da_ccj_favoravel_ao_pr_64.2023_wp_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 190/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 64/2023 de autoria do Sr. Vereador Wlad da Pesca que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Adilson de Azevedo Ferreira”.</t>
   </si>
   <si>
     <t>15033</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15033/parecer_191.23_da_ccj_favoravel_ao_pr_65.2023_wp_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15033/parecer_191.23_da_ccj_favoravel_ao_pr_65.2023_wp_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 191/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 65/2023 de autoria do Sr. Vereador Wlad da Pesca que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Paulo Roberto da Silva Sant'Anna”.</t>
   </si>
   <si>
     <t>15034</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15034/parecer_192.23_da_ccj_favoravel_ao_pr_66.2023_jt_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15034/parecer_192.23_da_ccj_favoravel_ao_pr_66.2023_jt_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 192/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 66/2023 de autoria do Sr. Vereador Josué Té que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Ildete Gomes de Azevedo Silva”.</t>
   </si>
   <si>
     <t>15035</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15035/parecer_193.23_da_ccj_favoravel_ao_pr_67.2023_jt_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15035/parecer_193.23_da_ccj_favoravel_ao_pr_67.2023_jt_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 193/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 67/2023 de autoria do Sr. Vereador Josué Té que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. João Batista Felix Moreira Ribeiro”.</t>
   </si>
   <si>
     <t>15036</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15036/parecer_194.23_da_ccj_favoravel_ao_pr_68.2023_jt_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15036/parecer_194.23_da_ccj_favoravel_ao_pr_68.2023_jt_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 194/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 68/2023 de autoria do Sr. Vereador Josué Té que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Bruno Henrique da Silva Appolinario”.</t>
   </si>
   <si>
     <t>15037</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15037/parecer_195.23_da_ccj_favoravel_ao_pr_69.2023_jt_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15037/parecer_195.23_da_ccj_favoravel_ao_pr_69.2023_jt_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 195/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 69/2023 de autoria do Sr. Vereador Josué Té que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Adão Delfino Silva”.</t>
   </si>
   <si>
     <t>15038</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15038/parecer_196.23_da_ccj_favoravel_ao_pr_70.2023_ab_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15038/parecer_196.23_da_ccj_favoravel_ao_pr_70.2023_ab_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 196/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 70/2023 de autoria do Sr. Vereador Aristides Barcelos que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Luís Carlos Constâncio Felipe”.</t>
   </si>
   <si>
     <t>15039</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15039/parecer_197.23_da_ccj_favoravel_ao_pr_71.2023_ds_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15039/parecer_197.23_da_ccj_favoravel_ao_pr_71.2023_ds_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 197/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 71/2023 de autoria do Sr. Vereador Dr. Davi que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Thereza Christina Veloso de Oliveira”.</t>
   </si>
   <si>
     <t>15040</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15040/parecer_198.23_da_ccj_favoravel_ao_pr_72.2023_ds_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15040/parecer_198.23_da_ccj_favoravel_ao_pr_72.2023_ds_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 198/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 72/2023 de autoria do Sr. Vereador Dr. Davi que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Marcelo Miquelino Cabral de Brito”.</t>
   </si>
   <si>
     <t>15041</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15041/parecer_199.23_da_ccj_favoravel_ao_pr_73.2023_ds_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15041/parecer_199.23_da_ccj_favoravel_ao_pr_73.2023_ds_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 199/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 73/2023 de autoria do Sr. Vereador Dr. Davi que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Sidney Eduardo Gomes”.</t>
   </si>
   <si>
     <t>15042</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15042/parecer_200.23_da_ccj_favoravel_ao_pr_74.2023_ds_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15042/parecer_200.23_da_ccj_favoravel_ao_pr_74.2023_ds_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 200/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 74/2023 de autoria do Sr. Vereador Dr. Davi que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Waldir Zebedeu de Mendonca Filho”.</t>
   </si>
   <si>
     <t>15043</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15043/parecer_201.23_da_ccj_favoravel_ao_pr_75.2023_ef_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15043/parecer_201.23_da_ccj_favoravel_ao_pr_75.2023_ef_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 201/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 75/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Clerton de Castro e Silva”.</t>
   </si>
   <si>
     <t>15044</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15044/parecer_202.23_da_ccj_favoravel_ao_pr_76.2023_ef_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15044/parecer_202.23_da_ccj_favoravel_ao_pr_76.2023_ef_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 202/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 76/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Jorge Damião Braga de Brito”.</t>
   </si>
   <si>
     <t>15045</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15045/parecer_203.23_da_ccj_favoravel_ao_pr_77.2023_dc_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15045/parecer_203.23_da_ccj_favoravel_ao_pr_77.2023_dc_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 203/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 77/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Maria José de Lima Estevam”.</t>
   </si>
   <si>
     <t>15046</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15046/parecer_204.23_da_ccj_favoravel_ao_pr_78.2023_md_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15046/parecer_204.23_da_ccj_favoravel_ao_pr_78.2023_md_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 204/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 78/2023 de autoria da Mesa Diretora que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Rosana Alves Ramos”.</t>
   </si>
   <si>
     <t>15047</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15047/parecer_205.23_da_ccj_favoravel_ao_pr_79.2023_md_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15047/parecer_205.23_da_ccj_favoravel_ao_pr_79.2023_md_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 205/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 79/2023 de autoria da Mesa Diretora que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Eirti Gonçalves Ferreira”.</t>
   </si>
   <si>
     <t>15048</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15048/parecer_206.23_da_ccj_favoravel_ao_pr_80.2023_hg_31.10.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15048/parecer_206.23_da_ccj_favoravel_ao_pr_80.2023_hg_31.10.23.pdf</t>
   </si>
   <si>
     <t>Parecer 206/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 80/2023 de autoria do Sr. Vereador Hugo Graçano que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. André Gustavo Pereira Corrêa da Silva”.</t>
   </si>
   <si>
     <t>15049</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15049/parecer_207.23_da_ccj_favoravel_ao_pr_81.2023_rc_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15049/parecer_207.23_da_ccj_favoravel_ao_pr_81.2023_rc_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 207/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 81/2023 de autoria do Sr. Vereador Rômulo Carcará que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Carina Alessandro Clarindo dos Santos".</t>
   </si>
   <si>
     <t>15050</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15050/parecer_208.23_da_ccj_favoravel_ao_pr_82.2023_rc_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15050/parecer_208.23_da_ccj_favoravel_ao_pr_82.2023_rc_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 208/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 82/2023 de autoria do Sr. Vereador Rômulo Carcará que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Eleacy Ferreira da Silva".</t>
   </si>
   <si>
     <t>15051</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15051/parecer_209.23_da_ccj_favoravel_ao_pr_83.2023_rc_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15051/parecer_209.23_da_ccj_favoravel_ao_pr_83.2023_rc_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 209/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 83/2023 de autoria do Sr. Vereador Rômulo Carcará que “Outorga Título Honorífico de Cidadã Mangaratibense a Sr. Anderson Ferreira Aguiar".</t>
   </si>
   <si>
     <t>15052</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15052/parecer_210.23_da_ccj_favoravel_ao_pr_84.2023_rf_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15052/parecer_210.23_da_ccj_favoravel_ao_pr_84.2023_rf_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 210/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 84/2023 de autoria do Sr. Vereador Professor Renato Fifiu que “Outorga Título Honorífico de Cidadã Mangaratibense a Sr. Jorge Luiz Habib."</t>
   </si>
   <si>
     <t>15053</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15053/parecer_211.23_da_ccj_favoravel_ao_pr_85.2023_df_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15053/parecer_211.23_da_ccj_favoravel_ao_pr_85.2023_df_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 211/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 85/2023 de autoria do Sr. Vereador Dr. Davi que “Outorga Título Honorífico de Cidadã Mangaratibense ao Sr. Eduardo Lima Costa".</t>
   </si>
   <si>
     <t>15054</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15054/parecer_212.23_da_ccj_favoravel_ao_pr_86.2023_jt_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15054/parecer_212.23_da_ccj_favoravel_ao_pr_86.2023_jt_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 212/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 86/2023 de autoria do Sr. Vereador Josué Té que “Outorga Título Honorífico de Cidadã Mangaratibense ao Sr. Emídio Pereira da Silva".</t>
   </si>
   <si>
     <t>15055</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15055/parecer_213.23_da_ccj_favoravel_ao_pr_87.2023_dc_07.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15055/parecer_213.23_da_ccj_favoravel_ao_pr_87.2023_dc_07.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 213/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 87/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadã Mangaratibense a Sra. Adi Maria Loredo Guimarães."</t>
   </si>
   <si>
     <t>15147</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15147/parecer_214.23_da_ccj_favoravel_ao_pr_88.2023_rf_14.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15147/parecer_214.23_da_ccj_favoravel_ao_pr_88.2023_rf_14.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 214/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 88/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadão Mangaratibense ao  Sr. Matheus Carvalho Vieira."</t>
   </si>
   <si>
     <t>15148</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15148/parecer_215.23_da_ccj_favoravel_ao_pr_89.2023_rf_14.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15148/parecer_215.23_da_ccj_favoravel_ao_pr_89.2023_rf_14.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 215/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 897/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Vitor Vinicius Lopes de Vasconcellos".</t>
   </si>
   <si>
     <t>15129</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15129/parecer_216.23_da_ccj_contrario_a_msg_39.2023_21.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15129/parecer_216.23_da_ccj_contrario_a_msg_39.2023_21.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 216/2023 da Comissão de Constituição e Justiça CONTRÁRIO a Mensagem 039/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a criação da Comissão Permanente de Inspeção e Revisão de Procedimentos Fiscalizatórios de Ordem Pública do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15130</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15130/parecer_217.23_da_ccj_contrario_a_msg_42.2023_21.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15130/parecer_217.23_da_ccj_contrario_a_msg_42.2023_21.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 217/2023 da Comissão de Constituição e Justiça CONTRÁRIO a Mensagem 042/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a criação e regulamentação das diretrizes da Comissão Permanente de Fiscalização e Controle de Multas em veículos oficiais e auxiliares do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15131</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15131/parecer_218.23_da_ccj_favoravel_ao_pl_83.2023_dc_21.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15131/parecer_218.23_da_ccj_favoravel_ao_pl_83.2023_dc_21.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 218/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 083/2023 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre a apresentação de artistas de rua nos logradouros públicos do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>15175</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15175/parecer_ccj_219_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15175/parecer_ccj_219_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 219/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 84/2023 de autoria do Sr. Vereador Alessandro Portugal que “Denomina-se Próprios Municipais – Celso Xavier Júnior, a subprefeitura localizada ao lado da Igreja Batista do Calvário, na Praia do Saco”.</t>
   </si>
   <si>
     <t>15134</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15134/parecer_221.23_da_ccj_favoravel_ao_pr_90.2023_dc_21.11.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15134/parecer_221.23_da_ccj_favoravel_ao_pr_90.2023_dc_21.11.23.pdf</t>
   </si>
   <si>
     <t>Parecer 221/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 090/2023 de autoria do Sr. Vereador Dori Costa que “Outorga Título Honorífico de Cidadão Mangaratibense ao Sr. Carlos Roberto Dias”.</t>
   </si>
   <si>
     <t>15176</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15176/parecer_ccj_222_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15176/parecer_ccj_222_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 222/2023 da Comissão de Constituição e Justiça favorável com Emenda Aditiva 01/2023 ao Projeto de Lei 86/2023 de autoria do Sr. Vereador Nilton Santiago que “Cria a nova Guarda Municipal de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15238</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15238/parecer_ccj_223_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15238/parecer_ccj_223_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 223/2023 da Comissão de Constituição e Justiça favorável com Emenda Aditiva 02/2023 a Mensagem 45/2023 de autoria do Chefe do Poder Executivo Municipal que “Dispõe sobre a criação da Casa dos Conselhos Municipais – CASCOM, da Secretaria Municipal de Assistência Social e Direitos Humanos, cria e regulamenta o Núcleo dos Conselhos – NUCON e dá outras providências”.</t>
   </si>
   <si>
     <t>15239</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15239/parecer_ccj_225_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15239/parecer_ccj_225_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 225/2023 da Comissão de Constituição e Justiça favorável a Mensagem 47/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a denominação de Próprio Municipal e revoga a Lei 1346, de 18 de junho de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>15240</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15240/parecer_ccj_226_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15240/parecer_ccj_226_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 226/2023 da Comissão de Constituição e Justiça favorável a Mensagem 49/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a autorização para funcionamento de estabelecimentos comerciais aos domingos e feriados no município de Mangaratiba, e dá outras providências",</t>
   </si>
   <si>
     <t>15244</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15244/parecer_ccj_227_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15244/parecer_ccj_227_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 227/2023 da Comissão de Constituição e Justiça favorável a Mensagem 50/2023 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar sobre “Alteração da Lei Complementar 25, de 08 de julho de 2013, que dispõe sobre a Estrutura Administrativa e Organizacional da Fundação Mário Peixoto".</t>
   </si>
   <si>
     <t>15241</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15241/parecer_ccj_228_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15241/parecer_ccj_228_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 228/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 87/2023 de autoria do Sr. Vereador Aristides Barcelos que “Dá nome a Logradouro Público – Rua Barão do Sahy” - a Rua “Projetada” situada no Bairro da Praia do Saco, Mangaratiba, fazendo conexão com a rua Manaus e a Servidão José de Andrade”.</t>
   </si>
   <si>
     <t>15242</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15242/parecer_ccj_229_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15242/parecer_ccj_229_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 229/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 88/2023 de autoria do Sr. Vereador Aristides Barcelos que “Inclui no calendário oficial de eventos do município de Mangaratiba, o Dia das Águas de Axé e dá outras providências”.</t>
   </si>
   <si>
     <t>15243</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Parecer 230/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 89/2023 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a disponibilização de carteira de vacina em Braille para pessoa com deficiência visual no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15245</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15245/parecer_ccj_231_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15245/parecer_ccj_231_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 231/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 90/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Sugere a criação do Parque Arqueológico e Ambiental do Sahy como fortalecimento de Mangaratiba como a Capital Estadual do Turismo de Natureza”.</t>
   </si>
   <si>
     <t>15246</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15246/parecer_ccj_232_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15246/parecer_ccj_232_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 232/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 92/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Sugere a criação de um Centro Multidisciplinar de Atendimento ao Autismo em Mangaratiba”.</t>
   </si>
   <si>
     <t>15315</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15315/parecer_ccj_223_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15315/parecer_ccj_223_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 233/2023 da Comissão de Constituição e Justiça favorável à Mensagem 51/2023 de autoria do Chefe do Poder Executivo Municipal  que capeia o Projeto de Lei Complementar que "dispõe sobre Plano de cargos, carreira e remuneração - PCCR, dos Agentes de Trânsito de Mangaratiba, RJ".</t>
   </si>
   <si>
     <t>15324</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15324/parecer_235.23_da_ccj_favoravel_ao_pr_92.2023_jt_07.12.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15324/parecer_235.23_da_ccj_favoravel_ao_pr_92.2023_jt_07.12.23.pdf</t>
   </si>
   <si>
     <t>Parecer 235/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Resolução 92/2023 de autoria do Sr. Vereador Josué Eté, que "outorga título honorífico de cidadão Mangaratibense ao Sr. Rafael Franco Takamini.</t>
   </si>
   <si>
     <t>15349</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15349/parecer_ccj_238_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15349/parecer_ccj_238_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 238/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 93/2023 de autoria do Sr. Vereador Aristides Barcelos que “Autoriza o Poder Executivo Municipal a criar o Conselho e Fundo Municipal de Fiscalização de Obras e Posturas do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>15350</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15350/parecer_ccj_239_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15350/parecer_ccj_239_2023.pdf</t>
   </si>
   <si>
     <t>Parecer 239/2023 da Comissão de Constituição e Justiça favorável ao Projeto de Lei 95/2023 de autoria do Sr. Vereador Emilson da Farmácia que “Determina que seja feito um estudo para viabilizar com urgência a abertura ao público de todos os equipamentos culturais de Mangaratiba”.</t>
   </si>
   <si>
     <t>13319</t>
   </si>
   <si>
     <t>PCCJT</t>
   </si>
   <si>
     <t>Parecer CCJ - Temporária Especial</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13319/parecer_01-ccj-msg_26_0001.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13319/parecer_01-ccj-msg_26_0001.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2023 da Comissão Temporária Especial de Constituição e Justiça favorável a Mensagem 026/2022 de autoria do Chefe do Poder Executivo Municipal que Capeia Projeto de Lei que "Aprova a alteração da Lei Municipal 963/2015 que dispõe sobre aprovação do Plano Municipal de Educação de Mangaratiba."</t>
   </si>
   <si>
     <t>13379</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13379/parecer_02_ccj_23_msg_002.23_31.01.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13379/parecer_02_ccj_23_msg_002.23_31.01.23.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2023 da Comissão Temporária Especial de Constituição e Justiça favorável a Mensagem 002/2023 de autoria do Chefe do Poder Executivo Municipal que "Altera o artigo 4º da Lei 1.474 de 16 de dezembro de 2022 que estima a receita e fixa a despesa do município de Mangaratiba para o exercício financeiro de 2023 – LOA 2023."</t>
   </si>
   <si>
     <t>13380</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13380/parecer_03_ccj_23_emenda_modificativa_01.23-ver_31.01.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13380/parecer_03_ccj_23_emenda_modificativa_01.23-ver_31.01.23.pdf</t>
   </si>
   <si>
     <t>Parecer 003/2023 da Comissão Temporária Especial de Constituição e Justiça favorável a Emenda Modificativa 001/2023 de autoria dos Senhores Vereadores que "Modifica o inciso IV do artigo 4º da Mensagem 002 de 06 de janeiro de 2023 de autoria do Chefe do Poder Executivo Municipal (altera a Lei 1474 de 16 de dezembro de 2022 – LOA 2023)".</t>
   </si>
   <si>
     <t>13382</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13382/parecer_04_ccj_23_emenda_supressiva_01.23-ver_31.01.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13382/parecer_04_ccj_23_emenda_supressiva_01.23-ver_31.01.23.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2023 da Comissão Temporária Especial de Constituição e Justiça favorável a Emenda Supressiva 001/2023 de autoria dos Senhores Vereadores que "Ficam suprimidos os §§ 1º e 2º do artigo 4º da Mensagem 002 de 06 de janeiro de 2023 de autoria do Chefe do Poder Executivo Municipal (altera a Lei 1474 de 16 de dezembro de 2022 – LOA 2023)".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3141,68 +3141,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13384/parecer_01_ccj_23_msg_60.22_02.03.23.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13385/parecer_02_ccj_23_msg_008.23_02.03.23.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13386/parecer_03_ccj_23_msg_009.23_02.03.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13528/parecer_04_ccj_23_msg_001.23_21.03.23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13534/parecer_05_ccj_23_pelom_07.22_21.03.23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_06_ccj_23_msg_07.23_28.03.23.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_07_ccj_23_msg_69.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_ccj_08_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_ccj_09_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13720/parecer_10_ccj_23_pl_42.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_ccj_11_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_ccj_12_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13733/parecer_13_ccj_23_pl_47.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13682/parecer_ccj_14_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_ccj_15_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_ccj_16_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_ccj_17_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_ccj_18_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_ccj_19_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13721/parecer_20_ccj_23_pl_64.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13722/parecer_21_ccj_23_pl_66.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_ccj_22_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13723/parecer_23_ccj_23_pl_70.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_ccj_24_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13690/parecer_ccj_25_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13724/parecer_26_ccj_23_pl_76.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13725/parecer_27_ccj_23_pl_75.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13726/parecer_28_ccj_23_pl_78.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13691/parecer_ccj_29_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13727/parecer_30_ccj_23_pl_83.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13692/parecer_ccj_31_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13693/parecer_ccj_32_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13694/parecer_ccj_33_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13728/parecer_34_ccj_23_pl_02.23_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13729/parecer_37_ccj_23_pl_05.23_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13695/parecer_ccj_38_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13696/parecer_ccj_39_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13697/parecer_ccj_40_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13748/parecer_41_ccj_23_msg_65.22_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13749/parecer_42_ccj_23_msg_12.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13750/parecer_43_ccj_23_pl_01.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13751/parecer_44_ccj_23_pl_09.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13752/parecer_45_ccj_23_pl_11.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13753/parecer_46_ccj_23_pl_12.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13755/parecer_49_ccj_23_pl_15.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14243/parecer_52_ccj_23_pl_63.22_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14261/parecer_53_ccj_23_pl_87.22_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14262/parecer_ccj_54_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14263/parecer_ccj_55_2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14264/parecer_ccj_56_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14244/parecer_57_ccj_23_pl_20.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14245/parecer_58_ccj_23_pl_21.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14246/parecer_59_ccj_23_pl_22.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14265/parecer_ccj_60_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14266/parecer_ccj_61_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14267/parecer_ccj_62_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14268/parecer_ccj_63_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14269/parecer_ccj_64_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14270/parecer_ccj_65_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14247/parecer_66_ccj_23_pl_29.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14248/parecer_67_ccj_23_pl_30.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14271/parecer_ccj_68_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14272/parecer_ccj_69_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14273/parecer_ccj_70_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14274/parecer_ccj_71_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14249/parecer_72_ccj_23_pl_35.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14250/parecer_73_ccj_23_pl_36.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14275/parecer_ccj_74_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14276/parecer_ccj_75_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15221/parecer_77_ccj_23_pl_40.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14277/parecer_ccj_78_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14251/parecer_79_ccj_23_pl_42.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14252/parecer_80_ccj_23_pl_43.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14253/parecer_81_ccj_23_pl_44.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14254/parecer_82_ccj_23_pl_45.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14279/parecer_ccj_83_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14280/parecer_ccj_84_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14256/parecer_85_ccj_23_pdl_07.22_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14258/parecer_86_ccj_23_msg_24.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14312/parecer_ccj_87_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14313/parecer_ccj_88_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14314/parecer_ccj_89_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14381/parecer_90_ccj_23_pl_46.23_10.08.23.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14382/parecer_91_ccj_23_pl_49.23_10.08.23.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14420/parecer_ccj_92_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14446/parecer_93_ccj_23_msg_28.23_24.08.23_contrario.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14447/parecer_94_ccj_23_contrario_msg_30.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14497/parecer_95_ccj_23_pl_51.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14448/parecer_96_cfo_23_pl_18.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14498/parecer_97_ccj_23_pl_53.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14499/parecer_98_ccj_23_pl_54.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14449/parecer_ccj_99_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14450/parecer_ccj_100_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14558/parecer_ccj_101_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14559/parecer_ccj_102_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14560/parecer_ccj_103_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14561/parecer_ccj_104_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14562/parecer_ccj_105_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14563/parecer_ccj_106_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14564/parecer_ccj_107_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14565/parecer_ccj_108_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14566/parecer_ccj_109_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14567/parecer_ccj_110_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14620/parecer_ccj_111_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14568/parecer_ccj_112_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14569/parecer_ccj_113_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14570/parecer_cfo_114_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14571/parecer_ccj_115_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14572/parecer_ccj_116_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14573/parecer_ccj_117_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14574/parecer_ccj_118_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14666/parecer_ccj_120_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14717/parecer_ccj_121_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14718/parecer_ccj_122_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14719/parecer_ccj_123_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14720/parecer_ccj_124_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14734/parecer_ccj_125_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14735/parecer_ccj_126_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14736/parecer_ccj_127_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14738/parecer_ccj_129_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14739/parecer_ccj_130_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14740/parecer_ccj_131_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14831/parecer_ccj_132_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14832/parecer_ccj_133_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14833/parecer_ccj_134_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14835/parecer_ccj_136_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14836/parecer_ccj_137_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14837/parecer_ccj_138_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14838/parecer_ccj_139_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14839/parecer_ccj_140_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14840/parecer_ccj_141_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14948/parecer_ccj_142_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14949/parecer_ccj_143_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14885/parecer_144.23_da_ccj_favoravel_ao_pres_010.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14886/parecer_145.23_da_ccj_favoravel_ao_pres_011.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14887/parecer_146.23_da_ccj_favoravel_ao_pres_012.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14888/parecer_147.23_da_ccj_favoravel_ao_pres_013.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14889/parecer_148.23_da_ccj_favoravel_ao_pres_014.23-ap_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14890/parecer_149.23_da_ccj_favoravel_ao_pres_018.23-rp_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14891/parecer_150.23_da_ccj_favoravel_ao_pres_019.23-rp_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14892/parecer_151.23_da_ccj_favoravel_ao_pres_020.23-rp_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14893/parecer_152.23_da_ccj_favoravel_ao_pl_082.23-ab_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14894/parecer_153.23_da_ccj_favoravel_ao_dl_002.23-varios_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14950/parecer_154.23_da_ccj_favoravel_ao_pr_22.2023_ns_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14951/parecer_155.23_da_ccj_favoravel_ao_pr_23.2023_dc_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14952/parecer_156.23_da_ccj_favoravel_ao_pr_29.2023_rf_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14953/parecer_157.23_da_ccj_favoravel_ao_pr_30.2023_ap_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15001/parecer_159.23_da_ccj_favoravel_ao_pr_32.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15002/parecer_160.23_da_ccj_favoravel_ao_pr_33.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15003/parecer_161.23_da_ccj_favoravel_ao_pr_35.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15004/parecer_162.23_da_ccj_favoravel_ao_pr_36.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15005/parecer_163.23_da_ccj_favoravel_ao_pr_37.2023_ap_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15006/parecer_164.23_da_ccj_favoravel_ao_pr_38.2023_ap_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15007/parecer_165.23_da_ccj_favoravel_ao_pr_39.2023_rc_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15008/parecer_166.23_da_ccj_favoravel_ao_pr_40.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15009/parecer_167.23_da_ccj_favoravel_ao_pr_41.2023_rf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15010/parecer_168.23_da_ccj_favoravel_ao_pr_42.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15011/parecer_169.23_da_ccj_favoravel_ao_pr_43.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15012/parecer_170.23_da_ccj_favoravel_ao_pr_44.2023_ap_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15014/parecer_172.23_da_ccj_favoravel_ao_pr_46.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15015/parecer_173.23_da_ccj_favoravel_ao_pr_47.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15016/parecer_174.23_da_ccj_favoravel_ao_pr_48.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15017/parecer_175.23_da_ccj_favoravel_ao_pr_49.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15018/parecer_176.23_da_ccj_favoravel_ao_pr_50.2023_rf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15019/parecer_177.23_da_ccj_favoravel_ao_pr_51.2023_rf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15020/parecer_178.23_da_ccj_favoravel_ao_pr_52.2023_dc_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15021/parecer_179.23_da_ccj_favoravel_ao_pr_53.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15022/parecer_180.23_da_ccj_favoravel_ao_pr_54.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15023/parecer_181.23_da_ccj_favoravel_ao_pr_55.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15024/parecer_182.23_da_ccj_favoravel_ao_pr_56.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15025/parecer_183.23_da_ccj_favoravel_ao_pr_57.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15026/parecer_184.23_da_ccj_favoravel_ao_pr_58.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15027/parecer_185.23_da_ccj_favoravel_ao_pr_59.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15029/parecer_187.23_da_ccj_favoravel_ao_pr_61.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15030/parecer_188.23_da_ccj_favoravel_ao_pr_62.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15031/parecer_189.23_da_ccj_favoravel_ao_pr_63.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15032/parecer_190.23_da_ccj_favoravel_ao_pr_64.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15033/parecer_191.23_da_ccj_favoravel_ao_pr_65.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15034/parecer_192.23_da_ccj_favoravel_ao_pr_66.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15035/parecer_193.23_da_ccj_favoravel_ao_pr_67.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15036/parecer_194.23_da_ccj_favoravel_ao_pr_68.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15037/parecer_195.23_da_ccj_favoravel_ao_pr_69.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15038/parecer_196.23_da_ccj_favoravel_ao_pr_70.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15039/parecer_197.23_da_ccj_favoravel_ao_pr_71.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15040/parecer_198.23_da_ccj_favoravel_ao_pr_72.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15041/parecer_199.23_da_ccj_favoravel_ao_pr_73.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15042/parecer_200.23_da_ccj_favoravel_ao_pr_74.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15043/parecer_201.23_da_ccj_favoravel_ao_pr_75.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15044/parecer_202.23_da_ccj_favoravel_ao_pr_76.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15045/parecer_203.23_da_ccj_favoravel_ao_pr_77.2023_dc_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15046/parecer_204.23_da_ccj_favoravel_ao_pr_78.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15047/parecer_205.23_da_ccj_favoravel_ao_pr_79.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15048/parecer_206.23_da_ccj_favoravel_ao_pr_80.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15049/parecer_207.23_da_ccj_favoravel_ao_pr_81.2023_rc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15050/parecer_208.23_da_ccj_favoravel_ao_pr_82.2023_rc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15051/parecer_209.23_da_ccj_favoravel_ao_pr_83.2023_rc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15052/parecer_210.23_da_ccj_favoravel_ao_pr_84.2023_rf_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15053/parecer_211.23_da_ccj_favoravel_ao_pr_85.2023_df_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15054/parecer_212.23_da_ccj_favoravel_ao_pr_86.2023_jt_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15055/parecer_213.23_da_ccj_favoravel_ao_pr_87.2023_dc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15147/parecer_214.23_da_ccj_favoravel_ao_pr_88.2023_rf_14.11.23.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15148/parecer_215.23_da_ccj_favoravel_ao_pr_89.2023_rf_14.11.23.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15129/parecer_216.23_da_ccj_contrario_a_msg_39.2023_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15130/parecer_217.23_da_ccj_contrario_a_msg_42.2023_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15131/parecer_218.23_da_ccj_favoravel_ao_pl_83.2023_dc_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15175/parecer_ccj_219_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15134/parecer_221.23_da_ccj_favoravel_ao_pr_90.2023_dc_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15176/parecer_ccj_222_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15238/parecer_ccj_223_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15239/parecer_ccj_225_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15240/parecer_ccj_226_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15244/parecer_ccj_227_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15241/parecer_ccj_228_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15242/parecer_ccj_229_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15245/parecer_ccj_231_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15246/parecer_ccj_232_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15315/parecer_ccj_223_2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15324/parecer_235.23_da_ccj_favoravel_ao_pr_92.2023_jt_07.12.23.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15349/parecer_ccj_238_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15350/parecer_ccj_239_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13319/parecer_01-ccj-msg_26_0001.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13379/parecer_02_ccj_23_msg_002.23_31.01.23.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13380/parecer_03_ccj_23_emenda_modificativa_01.23-ver_31.01.23.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13382/parecer_04_ccj_23_emenda_supressiva_01.23-ver_31.01.23.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13384/parecer_01_ccj_23_msg_60.22_02.03.23.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13385/parecer_02_ccj_23_msg_008.23_02.03.23.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13386/parecer_03_ccj_23_msg_009.23_02.03.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13528/parecer_04_ccj_23_msg_001.23_21.03.23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13534/parecer_05_ccj_23_pelom_07.22_21.03.23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_06_ccj_23_msg_07.23_28.03.23.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_07_ccj_23_msg_69.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_ccj_08_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_ccj_09_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13720/parecer_10_ccj_23_pl_42.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_ccj_11_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_ccj_12_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13733/parecer_13_ccj_23_pl_47.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13682/parecer_ccj_14_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_ccj_15_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_ccj_16_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_ccj_17_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_ccj_18_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_ccj_19_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13721/parecer_20_ccj_23_pl_64.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13722/parecer_21_ccj_23_pl_66.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_ccj_22_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13723/parecer_23_ccj_23_pl_70.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_ccj_24_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13690/parecer_ccj_25_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13724/parecer_26_ccj_23_pl_76.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13725/parecer_27_ccj_23_pl_75.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13726/parecer_28_ccj_23_pl_78.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13691/parecer_ccj_29_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13727/parecer_30_ccj_23_pl_83.22_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13692/parecer_ccj_31_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13693/parecer_ccj_32_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13694/parecer_ccj_33_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13728/parecer_34_ccj_23_pl_02.23_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13729/parecer_37_ccj_23_pl_05.23_04.04.23.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13695/parecer_ccj_38_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13696/parecer_ccj_39_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13697/parecer_ccj_40_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13748/parecer_41_ccj_23_msg_65.22_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13749/parecer_42_ccj_23_msg_12.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13750/parecer_43_ccj_23_pl_01.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13751/parecer_44_ccj_23_pl_09.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13752/parecer_45_ccj_23_pl_11.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13753/parecer_46_ccj_23_pl_12.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13755/parecer_49_ccj_23_pl_15.23_13.04.23.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14243/parecer_52_ccj_23_pl_63.22_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14261/parecer_53_ccj_23_pl_87.22_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14262/parecer_ccj_54_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14263/parecer_ccj_55_2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14264/parecer_ccj_56_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14244/parecer_57_ccj_23_pl_20.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14245/parecer_58_ccj_23_pl_21.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14246/parecer_59_ccj_23_pl_22.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14265/parecer_ccj_60_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14266/parecer_ccj_61_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14267/parecer_ccj_62_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14268/parecer_ccj_63_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14269/parecer_ccj_64_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14270/parecer_ccj_65_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14247/parecer_66_ccj_23_pl_29.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14248/parecer_67_ccj_23_pl_30.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14271/parecer_ccj_68_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14272/parecer_ccj_69_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14273/parecer_ccj_70_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14274/parecer_ccj_71_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14249/parecer_72_ccj_23_pl_35.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14250/parecer_73_ccj_23_pl_36.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14275/parecer_ccj_74_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14276/parecer_ccj_75_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15221/parecer_77_ccj_23_pl_40.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14277/parecer_ccj_78_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14251/parecer_79_ccj_23_pl_42.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14252/parecer_80_ccj_23_pl_43.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14253/parecer_81_ccj_23_pl_44.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14254/parecer_82_ccj_23_pl_45.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14279/parecer_ccj_83_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14280/parecer_ccj_84_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14256/parecer_85_ccj_23_pdl_07.22_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14258/parecer_86_ccj_23_msg_24.23_20.06.23.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14312/parecer_ccj_87_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14313/parecer_ccj_88_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14314/parecer_ccj_89_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14381/parecer_90_ccj_23_pl_46.23_10.08.23.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14382/parecer_91_ccj_23_pl_49.23_10.08.23.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14420/parecer_ccj_92_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14446/parecer_93_ccj_23_msg_28.23_24.08.23_contrario.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14447/parecer_94_ccj_23_contrario_msg_30.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14497/parecer_95_ccj_23_pl_51.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14448/parecer_96_cfo_23_pl_18.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14498/parecer_97_ccj_23_pl_53.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14499/parecer_98_ccj_23_pl_54.23_24.08.23.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14449/parecer_ccj_99_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14450/parecer_ccj_100_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14558/parecer_ccj_101_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14559/parecer_ccj_102_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14560/parecer_ccj_103_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14561/parecer_ccj_104_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14562/parecer_ccj_105_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14563/parecer_ccj_106_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14564/parecer_ccj_107_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14565/parecer_ccj_108_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14566/parecer_ccj_109_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14567/parecer_ccj_110_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14620/parecer_ccj_111_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14568/parecer_ccj_112_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14569/parecer_ccj_113_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14570/parecer_cfo_114_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14571/parecer_ccj_115_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14572/parecer_ccj_116_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14573/parecer_ccj_117_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14574/parecer_ccj_118_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14666/parecer_ccj_120_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14717/parecer_ccj_121_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14718/parecer_ccj_122_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14719/parecer_ccj_123_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14720/parecer_ccj_124_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14734/parecer_ccj_125_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14735/parecer_ccj_126_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14736/parecer_ccj_127_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14738/parecer_ccj_129_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14739/parecer_ccj_130_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14740/parecer_ccj_131_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14831/parecer_ccj_132_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14832/parecer_ccj_133_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14833/parecer_ccj_134_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14835/parecer_ccj_136_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14836/parecer_ccj_137_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14837/parecer_ccj_138_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14838/parecer_ccj_139_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14839/parecer_ccj_140_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14840/parecer_ccj_141_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14948/parecer_ccj_142_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14949/parecer_ccj_143_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14885/parecer_144.23_da_ccj_favoravel_ao_pres_010.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14886/parecer_145.23_da_ccj_favoravel_ao_pres_011.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14887/parecer_146.23_da_ccj_favoravel_ao_pres_012.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14888/parecer_147.23_da_ccj_favoravel_ao_pres_013.23-ns_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14889/parecer_148.23_da_ccj_favoravel_ao_pres_014.23-ap_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14890/parecer_149.23_da_ccj_favoravel_ao_pres_018.23-rp_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14891/parecer_150.23_da_ccj_favoravel_ao_pres_019.23-rp_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14892/parecer_151.23_da_ccj_favoravel_ao_pres_020.23-rp_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14893/parecer_152.23_da_ccj_favoravel_ao_pl_082.23-ab_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14894/parecer_153.23_da_ccj_favoravel_ao_dl_002.23-varios_10.10.23.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14950/parecer_154.23_da_ccj_favoravel_ao_pr_22.2023_ns_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14951/parecer_155.23_da_ccj_favoravel_ao_pr_23.2023_dc_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14952/parecer_156.23_da_ccj_favoravel_ao_pr_29.2023_rf_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14953/parecer_157.23_da_ccj_favoravel_ao_pr_30.2023_ap_17.10.23.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15001/parecer_159.23_da_ccj_favoravel_ao_pr_32.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15002/parecer_160.23_da_ccj_favoravel_ao_pr_33.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15003/parecer_161.23_da_ccj_favoravel_ao_pr_35.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15004/parecer_162.23_da_ccj_favoravel_ao_pr_36.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15005/parecer_163.23_da_ccj_favoravel_ao_pr_37.2023_ap_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15006/parecer_164.23_da_ccj_favoravel_ao_pr_38.2023_ap_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15007/parecer_165.23_da_ccj_favoravel_ao_pr_39.2023_rc_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15008/parecer_166.23_da_ccj_favoravel_ao_pr_40.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15009/parecer_167.23_da_ccj_favoravel_ao_pr_41.2023_rf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15010/parecer_168.23_da_ccj_favoravel_ao_pr_42.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15011/parecer_169.23_da_ccj_favoravel_ao_pr_43.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15012/parecer_170.23_da_ccj_favoravel_ao_pr_44.2023_ap_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15014/parecer_172.23_da_ccj_favoravel_ao_pr_46.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15015/parecer_173.23_da_ccj_favoravel_ao_pr_47.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15016/parecer_174.23_da_ccj_favoravel_ao_pr_48.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15017/parecer_175.23_da_ccj_favoravel_ao_pr_49.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15018/parecer_176.23_da_ccj_favoravel_ao_pr_50.2023_rf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15019/parecer_177.23_da_ccj_favoravel_ao_pr_51.2023_rf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15020/parecer_178.23_da_ccj_favoravel_ao_pr_52.2023_dc_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15021/parecer_179.23_da_ccj_favoravel_ao_pr_53.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15022/parecer_180.23_da_ccj_favoravel_ao_pr_54.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15023/parecer_181.23_da_ccj_favoravel_ao_pr_55.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15024/parecer_182.23_da_ccj_favoravel_ao_pr_56.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15025/parecer_183.23_da_ccj_favoravel_ao_pr_57.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15026/parecer_184.23_da_ccj_favoravel_ao_pr_58.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15027/parecer_185.23_da_ccj_favoravel_ao_pr_59.2023_jf_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15029/parecer_187.23_da_ccj_favoravel_ao_pr_61.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15030/parecer_188.23_da_ccj_favoravel_ao_pr_62.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15031/parecer_189.23_da_ccj_favoravel_ao_pr_63.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15032/parecer_190.23_da_ccj_favoravel_ao_pr_64.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15033/parecer_191.23_da_ccj_favoravel_ao_pr_65.2023_wp_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15034/parecer_192.23_da_ccj_favoravel_ao_pr_66.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15035/parecer_193.23_da_ccj_favoravel_ao_pr_67.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15036/parecer_194.23_da_ccj_favoravel_ao_pr_68.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15037/parecer_195.23_da_ccj_favoravel_ao_pr_69.2023_jt_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15038/parecer_196.23_da_ccj_favoravel_ao_pr_70.2023_ab_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15039/parecer_197.23_da_ccj_favoravel_ao_pr_71.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15040/parecer_198.23_da_ccj_favoravel_ao_pr_72.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15041/parecer_199.23_da_ccj_favoravel_ao_pr_73.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15042/parecer_200.23_da_ccj_favoravel_ao_pr_74.2023_ds_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15043/parecer_201.23_da_ccj_favoravel_ao_pr_75.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15044/parecer_202.23_da_ccj_favoravel_ao_pr_76.2023_ef_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15045/parecer_203.23_da_ccj_favoravel_ao_pr_77.2023_dc_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15046/parecer_204.23_da_ccj_favoravel_ao_pr_78.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15047/parecer_205.23_da_ccj_favoravel_ao_pr_79.2023_md_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15048/parecer_206.23_da_ccj_favoravel_ao_pr_80.2023_hg_31.10.23.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15049/parecer_207.23_da_ccj_favoravel_ao_pr_81.2023_rc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15050/parecer_208.23_da_ccj_favoravel_ao_pr_82.2023_rc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15051/parecer_209.23_da_ccj_favoravel_ao_pr_83.2023_rc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15052/parecer_210.23_da_ccj_favoravel_ao_pr_84.2023_rf_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15053/parecer_211.23_da_ccj_favoravel_ao_pr_85.2023_df_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15054/parecer_212.23_da_ccj_favoravel_ao_pr_86.2023_jt_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15055/parecer_213.23_da_ccj_favoravel_ao_pr_87.2023_dc_07.11.23.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15147/parecer_214.23_da_ccj_favoravel_ao_pr_88.2023_rf_14.11.23.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15148/parecer_215.23_da_ccj_favoravel_ao_pr_89.2023_rf_14.11.23.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15129/parecer_216.23_da_ccj_contrario_a_msg_39.2023_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15130/parecer_217.23_da_ccj_contrario_a_msg_42.2023_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15131/parecer_218.23_da_ccj_favoravel_ao_pl_83.2023_dc_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15175/parecer_ccj_219_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15134/parecer_221.23_da_ccj_favoravel_ao_pr_90.2023_dc_21.11.23.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15176/parecer_ccj_222_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15238/parecer_ccj_223_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15239/parecer_ccj_225_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15240/parecer_ccj_226_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15244/parecer_ccj_227_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15241/parecer_ccj_228_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15242/parecer_ccj_229_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15245/parecer_ccj_231_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15246/parecer_ccj_232_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15315/parecer_ccj_223_2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15324/parecer_235.23_da_ccj_favoravel_ao_pr_92.2023_jt_07.12.23.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15349/parecer_ccj_238_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15350/parecer_ccj_239_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13319/parecer_01-ccj-msg_26_0001.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13379/parecer_02_ccj_23_msg_002.23_31.01.23.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13380/parecer_03_ccj_23_emenda_modificativa_01.23-ver_31.01.23.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13382/parecer_04_ccj_23_emenda_supressiva_01.23-ver_31.01.23.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>