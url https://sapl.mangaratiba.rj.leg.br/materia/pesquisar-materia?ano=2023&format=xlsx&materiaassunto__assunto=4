--- v0 (2025-12-08)
+++ v1 (2026-03-29)
@@ -54,573 +54,573 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13405</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13405/indicacao_21_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13405/indicacao_21_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito para que proceda com a construção de uma guarita para a Guarda Municipal na Fazenda Santa Bárbara, Sahy, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13599</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13599/indicacao_111_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13599/indicacao_111_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que a direção da escola CIEP 294 Cândido Jorge Capixaba (Mangaratiba - 1º Distrito) seja orientada a manter o portão trancado ou que tenha um inspetor em constante atenção.</t>
   </si>
   <si>
     <t>13627</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13627/indicacao_130_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13627/indicacao_130_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente para que estude a possibilidade de alocar um guarda ou segurança no CEIM Norma Pinheiro Cardoso, localizada no Parque Bela Vista, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13628</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13628/indicacao_131_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13628/indicacao_131_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente para que estude a possibilidade de alocar um guarda ou segurança nos CEIM Norma Pinheiro Cardoso e Professora Marcia Laurentino Ferreira Moreira, ambas localizadas no Parque Bela Vista, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13629</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13629/indicacao_134_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13629/indicacao_134_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Emo Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de criação de Conselho Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>13630</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13630/indicacao_136_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13630/indicacao_136_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente para que seja colocado um guarda municipal no Colégio Municipal Nossa Senhora das Graças em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>13631</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13631/indicacao_137_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13631/indicacao_137_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado, em caráter de urgência junto à secretaria competente, a ronda da Guarda Municipal nas principais e demais ruas do Centro e Orla de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13704</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13704/indicacao_139_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13704/indicacao_139_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se à Secretaria de Competência, para que proceda com o envio de um Guarda Municipal fixo para garantir a segurança na portaria e auxiliar a entrada e saída dos alunos da Escola Municipal Coronel Moreira da Silva, Centro, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13706</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13706/indicacao_141_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13706/indicacao_141_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente para que estude a possibilidade de alocar um guarda ou segurança na Escola Municipal de Ibicuí, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13707</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13707/indicacao_143_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13707/indicacao_143_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente para que seja colocado um guarda municipal na Escola Estadual Municipalizada Caetano de Oliveira, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>13710</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13710/indicacao_146_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13710/indicacao_146_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de patrulhamento da guarda civil municipal em todas as praças da Ingaíba, 1º Distrito.</t>
   </si>
   <si>
     <t>13712</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13712/indicacao_148_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13712/indicacao_148_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente para que seja colocada uma ronda Guarda Municipal na Orla da Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13734</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13734/indicacao_149_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13734/indicacao_149_2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se à SECRETARIA DE COMPETÊNCIA, para que proceda com o envio de um Guarda Municipal fixo para garantir a segurança na portaria e auxiliar a entrada e saída dos alunos da Escola Municipal Vale do Sahy, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13735</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13735/indicacao_150_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13735/indicacao_150_2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo Sr. Prefeito que,  na medida do possível, encaminhe-se à Secretaria de competência, para que proceda com aumente as rondas da Guarda Municipal,  aos finais de semana e feriados prolongados na Orla de Muriqui, - 4º Distrito.</t>
   </si>
   <si>
     <t>13741</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13741/indicacao_156_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13741/indicacao_156_2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente para que estude a possibilidade de alocar um guarda ou segurança na Escola Municipal Professora Maria Rosa Magalhães, Praia Brava, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13765</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13765/indicacao_165_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13765/indicacao_165_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja feito um estudo e posterior solução, para implementação do cargo de vigilante no quadro da Prefeitura, para atender as escolas de grande e médio porte do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>13802</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13802/indicacao_174_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13802/indicacao_174_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de criação de projeto da Ronda Maria da Penha nas escolas.</t>
   </si>
   <si>
     <t>13803</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13803/indicacao_175_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13803/indicacao_175_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de patrulhamento da guarda civil municipal em todas as praças de Conceição de Jacareí, 2º Distrito.</t>
   </si>
   <si>
     <t>13812</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13812/indicacao181_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13812/indicacao181_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de patrulhamento da guarda civil municipal em todas as praças de Muriqui, 4º Distrito</t>
   </si>
   <si>
     <t>13813</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13813/indicacao182_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13813/indicacao182_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de Patrulhamento da Guarda Civil Municipal em todas as Praças da Serra do Piloto, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13834</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13834/indicacao_188_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13834/indicacao_188_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de  competência, para que proceda com a disponibilização de um Guarda Municipal para atuar no Conselho Tutelar de Mangaratiba.</t>
   </si>
   <si>
     <t>13895</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13895/indicacao_217_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13895/indicacao_217_2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de patrulhamento da Guarda Civil Municipal em todas as praças de Praia Grande - 6º Distrito.</t>
   </si>
   <si>
     <t>13948</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13948/indicacao_232_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13948/indicacao_232_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que avalie a possibilidade de reinstalar grade de proteção na ponte da Rua Z,  Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>14059</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14059/indicacao_270_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14059/indicacao_270_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, junto ao órgão competente, criação e implantação do grupamento de apoio ao turista (GAT).</t>
   </si>
   <si>
     <t>14064</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14064/indicacao_275_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14064/indicacao_275_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente, para que sejam inseridas duas viaturas na Subsecretaria de Fiscalização de Obras e Posturas, Centro, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14073</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14073/indicacao_276_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14073/indicacao_276_2023.pdf</t>
   </si>
   <si>
     <t>14084</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14084/indicacao_291_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14084/indicacao_291_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Prefeito  que, em caráter de urgência, entre em contato com as secretarias competentes, para que seja instalado um espelho convexo na junção da rua Artur Pires com a Av. José Antônio da Costa, Centro, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14122</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14122/indicacao_314_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14122/indicacao_314_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que na medida do possível, encaminhe-se à Secretaria de competência, para que proceda com a construção de um corrimão ao longo do trecho da Rua Petrobrás, 779, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>14153</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14153/indicacao_330_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14153/indicacao_330_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, as Secretarias competentes reformem a guarita existente na Praça Nilo Peçanha, em frente ao Centro Ferroviário de Cultura - CEFEC e a transformem num posto permanente da guarda municipal, em Itacuruçá, 3º Distrito..</t>
   </si>
   <si>
     <t>14286</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14286/indicacao_357_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14286/indicacao_357_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de competência, para que proceda com um estudo sobre a viabilidade da ampliação do número de vagas para o cargo de Guarda Municipal no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14357</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14357/indicacao_379_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14357/indicacao_379_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente, para que se sejam instaladas câmeras de monitoramento em pontos estratégicos de nosso Município.</t>
   </si>
   <si>
     <t>14367</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14367/indicacao_389_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14367/indicacao_389_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que estude a possibilidade de viabilizar a criação do aplicativo 153 Digital, no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14388</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14388/indicacao_394_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14388/indicacao_394_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que as Secretarias Competentes reforcem o guarda-corpo que liga a Praia do Iate Clube de Ibicuí à praia principal do bairro, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14393</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14393/indicacao_403_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14393/indicacao_403_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as secretarias competentes, no sentido de providenciar a instalação de tubos de ferro para evitar a passagem de motocicletas na rampa existente no final da Rua Cruzeiro do Sul em Muriqui, 4º Distrito.</t>
   </si>
   <si>
     <t>14775</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14775/indicacao_514_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14775/indicacao_514_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja providenciada uma ambulância para a Ilha de Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>13613</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13613/msg_12_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13613/msg_12_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que “Cria o Conselho Municipal de Segurança Pública do Município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>13731</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13731/pl_21_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13731/pl_21_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de ao menos 01 (um) Guarda Municipal fixo para garantir a segurança de alunos e funcionários em cada Instituição de Ensino do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>13884</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13884/pl_32_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13884/pl_32_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de um protocolo de segurança para as instituições de ensino do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>13930</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13930/pl_33_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13930/pl_33_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos condomínios residenciais e comerciais no município de Mangaratiba a comunicar aos Órgãos de Segurança Pública quando houver em seu interior a ocorrência ou indícios de episódios de violência doméstica e familiar contra mulheres, crianças, adolescentes ou idosos.</t>
   </si>
   <si>
     <t>14413</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14413/pl_63_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14413/pl_63_2023.pdf</t>
   </si>
   <si>
     <t>Propõe a instalação de boias de flutuação para demarcar área segura para banhistas nas praias de Mangaratiba.</t>
   </si>
   <si>
     <t>14662</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14662/pl_80_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14662/pl_80_2023.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Segurança Pública no âmbito do Município de Mangaratiba e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -927,68 +927,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13405/indicacao_21_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13599/indicacao_111_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13627/indicacao_130_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13628/indicacao_131_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13629/indicacao_134_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13630/indicacao_136_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13631/indicacao_137_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13704/indicacao_139_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13706/indicacao_141_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13707/indicacao_143_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13710/indicacao_146_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13712/indicacao_148_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13734/indicacao_149_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13735/indicacao_150_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13741/indicacao_156_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13765/indicacao_165_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13802/indicacao_174_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13803/indicacao_175_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13812/indicacao181_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13813/indicacao182_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13834/indicacao_188_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13895/indicacao_217_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13948/indicacao_232_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14059/indicacao_270_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14064/indicacao_275_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14073/indicacao_276_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14084/indicacao_291_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14122/indicacao_314_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14153/indicacao_330_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14286/indicacao_357_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14357/indicacao_379_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14367/indicacao_389_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14388/indicacao_394_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14393/indicacao_403_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14775/indicacao_514_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13613/msg_12_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13731/pl_21_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13884/pl_32_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13930/pl_33_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14413/pl_63_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14662/pl_80_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13405/indicacao_21_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13599/indicacao_111_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13627/indicacao_130_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13628/indicacao_131_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13629/indicacao_134_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13630/indicacao_136_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13631/indicacao_137_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13704/indicacao_139_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13706/indicacao_141_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13707/indicacao_143_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13710/indicacao_146_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13712/indicacao_148_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13734/indicacao_149_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13735/indicacao_150_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13741/indicacao_156_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13765/indicacao_165_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13802/indicacao_174_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13803/indicacao_175_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13812/indicacao181_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13813/indicacao182_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13834/indicacao_188_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13895/indicacao_217_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13948/indicacao_232_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14059/indicacao_270_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14064/indicacao_275_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14073/indicacao_276_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14084/indicacao_291_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14122/indicacao_314_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14153/indicacao_330_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14286/indicacao_357_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14357/indicacao_379_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14367/indicacao_389_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14388/indicacao_394_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14393/indicacao_403_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14775/indicacao_514_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13613/msg_12_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13731/pl_21_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13884/pl_32_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13930/pl_33_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14413/pl_63_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14662/pl_80_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>