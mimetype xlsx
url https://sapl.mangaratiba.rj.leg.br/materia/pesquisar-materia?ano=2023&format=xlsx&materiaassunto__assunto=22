--- v0 (2025-12-10)
+++ v1 (2026-03-27)
@@ -54,300 +54,300 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13527</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13527/msg_10_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13527/msg_10_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Altera os artigos 4º e 5º da Lei 1.474 de 16 de dezembro de 2022 que estima a receita e fixa a despesa do município de Mangaratiba para o exercício financeiro de 2023 – LOA 2023".</t>
   </si>
   <si>
     <t>13464</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13464/msg_11.2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13464/msg_11.2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que “Dá nova redação ao § 1º do art. 2º da Lei 1235, de 25 de setembro de 2019 e dá outras providências".</t>
   </si>
   <si>
     <t>13770</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13770/msg_14_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13770/msg_14_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Altera o art. 1º da Lei 1.469, de 12 de dezembro de 2022, que Dispõe sobre a data-base das remunerações dos servidores públicos municipais da Administração Direta e Indireta do Poder Executivo, referente aos períodos de 2019, 2020, 2021 e 2022".</t>
   </si>
   <si>
     <t>14255</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14255/mensagem_26_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14255/mensagem_26_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Altera a Lei nº 1.474 de 16 de dezembro de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>14214</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14214/mensagem_29_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14214/mensagem_29_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que “Altera o Artigo 40 da Lei 874, de 08 de julho de 2013, que dispõe sobre o Sistema Municipal de Cultura de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14732</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14732/mensagem_35_2023_veto_parcial_mensagem_26.2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14732/mensagem_35_2023_veto_parcial_mensagem_26.2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Parcial à Mensagem 26/2023 que altera a Lei 1.474 de 16 de dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>15394</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15394/mensagem_69_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15394/mensagem_69_2023.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei que "Altera os artigos 350, 351, 352 e 353, e seus parágrafos, todos da Lei 028, de 30 de dezembro de 1994, e estabelece outras providências”.</t>
   </si>
   <si>
     <t>13615</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13615/pl_nr._18-2023_-_altera_art._4_e_12_-_lei_1308_de_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13615/pl_nr._18-2023_-_altera_art._4_e_12_-_lei_1308_de_2020.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 4º e 12 da Lei nº1.308, de 24 setembro de 2020 e dá outras providências. (5% das vagas ao programa bolsa atleta será para pessoas com deficiência).</t>
   </si>
   <si>
     <t>14306</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14306/pl_51_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14306/pl_51_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Art. 11 da Lei nº1486/2023.</t>
   </si>
   <si>
     <t>14307</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>João Felippe, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14307/pl_52_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14307/pl_52_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Art. 2º da Lei 1438/2022.</t>
   </si>
   <si>
     <t>13929</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13929/pr_01_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13929/pr_01_2023.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do artigo 69 da Resolução 58/99 e dá outras providências.</t>
   </si>
   <si>
     <t>15316</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15316/pr_91_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15316/pr_91_2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 155 da Resolução 58/1999, que estabelece o Regimento Interno da Câmara Municipal de Mangaratiba, dispondo que "as Sessões Ordinárias serão semanais, às segundas e quartas, com duração de 4 (quatro) horas, tendo início às 10h e término às 14h, com um intervalo mínimo de 15 minutos entre o Expediente e a Ordem do Dia.</t>
   </si>
   <si>
     <t>13805</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Dori Costa, Dr. Davi, Josué Té, Nilton Santiago, Rômulo Carcará, Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13805/proposta_de_emenda_a_lom_01_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13805/proposta_de_emenda_a_lom_01_2023.pdf</t>
   </si>
   <si>
     <t>Votação do Requerimento 03/2023 de autoria dos Senhores Vereadores que solicita a inclusão de matéria em regime de urgência e dá outras providências – Proposta de Emenda à Lei Orgânica.</t>
   </si>
   <si>
     <t>13381</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, João Felippe, Josué Té, Juninho de Jacareí, Nilton Santiago, Professor Renato Fifiu, Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13381/emd_mod_01_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13381/emd_mod_01_2023.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 4º e o inciso IV da Mensagem 002 de 06 de janeiro de 2023 de autoria do chefe do Poder Executivo Municipal (altera a Lei 1474 de 16 de dezembro de 2022 – LOA 2023).</t>
   </si>
   <si>
     <t>14587</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14587/parecer_68_ccj_23_pl_08.23_08.08.23.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14587/parecer_68_ccj_23_pl_08.23_08.08.23.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 6º do Projeto de Lei 048/2023 de autoria do Vereador João Felippe.</t>
   </si>
   <si>
     <t>14588</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14588/parecer_cfo_116_2023_-_com_emenda_modificativa_03_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14588/parecer_cfo_116_2023_-_com_emenda_modificativa_03_2023.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 4º e 5º da Mensagem n°26 de 20 de junho de 2023 de autoria do chefe do Poder Executivo Municipal (altera a Lei nº. 1474 de 16 de dezembro de 2022 – LOA 2023).</t>
   </si>
   <si>
     <t>14589</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14589/parecer_ccj_118_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14589/parecer_ccj_118_2023.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 1º do Projeto de Lei 061/2023 de autoria do Vereador Aristides Barcelos.</t>
   </si>
   <si>
     <t>13383</t>
   </si>
   <si>
     <t>ESUP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13383/emd_sup_01_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13383/emd_sup_01_2023.pdf</t>
   </si>
   <si>
     <t>Ficam suprimidos os §§ 3º e 4º do artigo 4º da Mensagem 002 de 06 de janeiro de 2023 de autoria do Chefe do Poder Executivo Municipal (altera a Lei  1474 de 16 de dezembro de 2022 – LOA 2023).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -654,68 +654,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13527/msg_10_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13464/msg_11.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13770/msg_14_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14255/mensagem_26_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14214/mensagem_29_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14732/mensagem_35_2023_veto_parcial_mensagem_26.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15394/mensagem_69_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13615/pl_nr._18-2023_-_altera_art._4_e_12_-_lei_1308_de_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14306/pl_51_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14307/pl_52_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13929/pr_01_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15316/pr_91_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13805/proposta_de_emenda_a_lom_01_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13381/emd_mod_01_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14587/parecer_68_ccj_23_pl_08.23_08.08.23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14588/parecer_cfo_116_2023_-_com_emenda_modificativa_03_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14589/parecer_ccj_118_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13383/emd_sup_01_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13527/msg_10_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13464/msg_11.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13770/msg_14_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14255/mensagem_26_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14214/mensagem_29_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14732/mensagem_35_2023_veto_parcial_mensagem_26.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15394/mensagem_69_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13615/pl_nr._18-2023_-_altera_art._4_e_12_-_lei_1308_de_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14306/pl_51_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14307/pl_52_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13929/pr_01_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15316/pr_91_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13805/proposta_de_emenda_a_lom_01_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13381/emd_mod_01_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14587/parecer_68_ccj_23_pl_08.23_08.08.23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14588/parecer_cfo_116_2023_-_com_emenda_modificativa_03_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14589/parecer_ccj_118_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13383/emd_sup_01_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="119.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>