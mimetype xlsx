--- v0 (2025-12-06)
+++ v1 (2026-03-26)
@@ -54,216 +54,216 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13468</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13468/pl_10_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13468/pl_10_2023.pdf</t>
   </si>
   <si>
     <t>Institui a inclusão no Calendário Oficial de Eventos do Município o Festival do Boteco Mangaratibense.</t>
   </si>
   <si>
     <t>13496</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13496/pl_12_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13496/pl_12_2023.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Mangaratiba a Caminhada pela Conscientização do Dia do Autismo.</t>
   </si>
   <si>
     <t>13498</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Dr. Davi</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13498/pl_14_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13498/pl_14_2023.pdf</t>
   </si>
   <si>
     <t>Inclui a Semana de Conscientização da luta pelos direitos das pessoas com doenças falciformes no Calendário Oficial da cidade de Mangaratiba.</t>
   </si>
   <si>
     <t>13649</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13649/pl_nr._17-2023_-_semana_mun_conscientizacao_alergia_alimentar.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13649/pl_nr._17-2023_-_semana_mun_conscientizacao_alergia_alimentar.pdf</t>
   </si>
   <si>
     <t>Inclui a semana da conscientização sobre a alergia alimentar no Calendário Oficial da cidade de Mangaratiba.</t>
   </si>
   <si>
     <t>14108</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14108/pl_46_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14108/pl_46_2023.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Orgulho LGBTQIAPN+ no município de Mangaratiba.</t>
   </si>
   <si>
     <t>14211</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14211/pl_49_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14211/pl_49_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Artista Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>14241</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14241/pl_50_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14241/pl_50_2023.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário de Eventos do Município de Mangaratiba o Desafio Kayak Fishing Brasil em Itacuruçá e dá outras providências.</t>
   </si>
   <si>
     <t>14308</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14308/pl_53_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14308/pl_53_2023.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal dos pais atípicos de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14310</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Alessandro Portugal, Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14310/pl_55_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14310/pl_55_2023.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Orgulho Autista no Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14377</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14377/pl_58_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14377/pl_58_2023.pdf</t>
   </si>
   <si>
     <t>Incluir no Calendário da Cidade a Caminhada pela Inclusão Social.</t>
   </si>
   <si>
     <t>14379</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14379/pl_60_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14379/pl_60_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Festival de Inverno de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>14415</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14415/pl__62_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14415/pl__62_2023.pdf</t>
   </si>
   <si>
     <t>Institui no calendário de eventos do Município o Encontro de Motoclubes em Mangaratiba.</t>
   </si>
   <si>
     <t>15164</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15164/pl_88_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15164/pl_88_2023.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial de eventos do município de Mangaratiba, o Dia das Águas de Axé e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -570,68 +570,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13468/pl_10_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13496/pl_12_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13498/pl_14_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13649/pl_nr._17-2023_-_semana_mun_conscientizacao_alergia_alimentar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14108/pl_46_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14211/pl_49_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14241/pl_50_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14308/pl_53_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14310/pl_55_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14377/pl_58_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14379/pl_60_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14415/pl__62_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15164/pl_88_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13468/pl_10_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13496/pl_12_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13498/pl_14_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13649/pl_nr._17-2023_-_semana_mun_conscientizacao_alergia_alimentar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14108/pl_46_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14211/pl_49_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14241/pl_50_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14308/pl_53_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14310/pl_55_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14377/pl_58_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14379/pl_60_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14415/pl__62_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15164/pl_88_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="127.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>