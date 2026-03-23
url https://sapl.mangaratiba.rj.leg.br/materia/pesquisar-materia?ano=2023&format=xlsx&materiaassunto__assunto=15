--- v0 (2025-12-09)
+++ v1 (2026-03-23)
@@ -54,570 +54,570 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13539</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13539/indicacao_88_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13539/indicacao_88_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que sejam feitas ciclovia, faixa de pedestres e iluminação, paralelas à Rodovia que liga a Cachoeira 1 à Cachoeira 2, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>13574</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13574/indicacao_103_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13574/indicacao_103_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com as secretarias competentes, para que seja feita uma área de lazer ao lado da Quadra de Esportes Alexandre Henrique Marques, localizada no bairro Parque Bela Vista, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13578</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13578/indicacao_107_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13578/indicacao_107_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizado projeto para revitalizar a Avenida São João Marcos, do trecho da Boca da Barra até a ponte do Rio Guity, com a possível construção de um deck natural de madeira (para pesca esportiva e lazer de moradores e turistas) e devida iluminação para trânsito de pedestres, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>13602</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Dr. Davi</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13602/indicacao_114_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13602/indicacao_114_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr Prefeito que sejam providenciadas as medidas necessárias de interesse público, para que se realize a troca dos equipamentos da academia ao ar livre, que encontram-se em desuso, por brinquedos infantis. Tais equipamentos encontram-se situados na Estrada São João Marcos, ao lado do campo de grama sintética, em Nova Mangaratiba - 1° Distrito (em frente ao restaurante japonês).</t>
   </si>
   <si>
     <t>13761</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13761/indicacao_159_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13761/indicacao_159_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que entre em contato com as secretarias competentes em caráter de urgência, para que seja construída uma área gourmet no Estádio Municipal Hélio Rodrigues de Siqueira, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>13794</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13794/indicacao_160_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13794/indicacao_160_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que entre em contato, em caráter de urgência, com a Secretaria competente para que seja realizado um estudo de possibilidades para construir um parquinho infantil em Itacurubitiba, Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>13795</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13795/indicacao_161_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13795/indicacao_161_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que entre em contato, em caráter de urgência, com a Secretaria competente para que seja realizado um estudo de possibilidades para construção de uma academia ao ar livre em Itacurubitiba, Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>13809</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13809/indicacao178_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13809/indicacao178_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente para que, após estudo de viabilidade, proceda com a implantação de grama sintética no parquinho da quadra de esportes do Parque Bela Vista, 1º Distrito - Mangaratiba.</t>
   </si>
   <si>
     <t>13947</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13947/indicacao_231_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13947/indicacao_231_2023.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 176/2021 - Indica ao Exmo Sr. Prefeito que seja providenciado de acordo com as medidas necessárias de interesse público, a revitalização da Praça do Evangelho, localizado em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>13973</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13973/indicacao_241_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13973/indicacao_241_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito  que seja providenciado, de acordo com as medidas necessárias de interesse público, a Reforma dos brinquedos na Praça dos Brinquedos, na Praça do Skate, em Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>13974</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13974/indicacao_242_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13974/indicacao_242_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, para que se realize a manutenção da Praça, com troca dos brinquedos quebrados e/ou em mau estado de conservação, situada à Rua Helena G. Mirandola, antiga Rua B, Praia Grande- 6º Distrito.</t>
   </si>
   <si>
     <t>13978</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13978/indicacao_246_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13978/indicacao_246_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente, no sentido de providenciar a reforma do campo de grama sintética do bairro de Sahy, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>13983</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13983/indicacao_251_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13983/indicacao_251_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente para que seja realizado um estudo de possibilidades para construir uma pracinha, com parquinho infantil, na Estrada RJ 14, Matinha, Centro, Mangaratiba.</t>
   </si>
   <si>
     <t>13996</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13996/indicacao_255_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13996/indicacao_255_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito  que seja providenciado de acordo com as medidas necessárias de interesse público, a Reforma da Pracinha, localizada na quadra do Parque Bela Vista em Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14065</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14065/indicacao_278_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14065/indicacao_278_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as Secretarias competentes no sentido de providenciar a manutenção do parquinho da área de lazer no Sahy, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14083</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14083/indicacao_288_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14083/indicacao_288_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Prefeito que reitere a Indicação nº 28/2021 - em caráter de urgência, entre em contato com a Secretaria competente no sentido de construir uma área de lazer e entretenimento junto ao campo localizado no bairro do Apara, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14118</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14118/indicacao_308_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14118/indicacao_308_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito solicito que sejam providenciadas as medidas necessárias de interesse público, para que se realize a conservação da praça, com a manutenção dos brinquedos que encontram-se em mau estado de conservação, situada à Rua da Palha, em frente a Nova Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14125</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14125/indicacao_317_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14125/indicacao_317_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, para que seja feita a reforma do Playground das crianças na praça da Rua da Palha, no bairro de  Nova Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14148</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14148/indicacao_325_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14148/indicacao_325_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja feito um estudo para a construção de um campo de grama sintética no bairro do acampamento, próximo à área de exposições (festa do peão), entrada da rua do atalho, Praia do Saco, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14155</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14155/indicacao_332_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14155/indicacao_332_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as Secretarias competentes,  para que seja implantado um playground com academia ao ar livre na praça do centro da Serra do Piloto, 5º Distrito.</t>
   </si>
   <si>
     <t>14208</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14208/indicacao_349_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14208/indicacao_349_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja feito um estudo para a construção de uma área de lazer infantil, próxima ao campo de futebol do trevo, entrada do bairro Nova Mangaratiba.</t>
   </si>
   <si>
     <t>14301</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14301/indicacao_372_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14301/indicacao_372_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente, para que sejam implantadas aulas de zumba na Quadra de Esportes Alexandre Henrique Marques, Parque Bela Vista, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14356</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14356/indicacao_378_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14356/indicacao_378_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que as secretarias competentes estudem a possibilidade de instalação de um parquinho na Praça Nilo Peçanha, para o lazer das crianças de Itacuruça, 3º Distrito.</t>
   </si>
   <si>
     <t>14360</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14360/indicacao_382_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14360/indicacao_382_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as secretarias competentes, no sentido de providenciar a instalação de um Cais flutuante na Praia da Junqueira, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14361</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14361/indicacao_383_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14361/indicacao_383_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as secretarias competentes, no sentido de providenciar a instalação de um Cais flutuante, na Praia de Tapera,  na Ilha da Guaíba, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14368</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14368/indicacao_390_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14368/indicacao_390_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência entre em contato com a Secretaria competente para que seja providenciada a reforma do campo de futebol de Itacurubitiba, Conceição de Jacareí, 2º Distrito.</t>
   </si>
   <si>
     <t>14387</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14387/indicacao_393_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14387/indicacao_393_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que as Secretarias Competentes instalem uma praça com campo de grama sintética, na Rua Célio Soares Ribeiro, na Vila Benedita, em Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14394</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14394/indicacao_402_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14394/indicacao_402_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, entre em contato com as secretarias competentes, para que nos sábados, domingos e feriados de 08h as 18h, a primeira quadra da AV. José Antônio da Costa, em uma única faixa,  seja fechada para área de lazer com colocação de brinquedos infantis, no sentindo da Praia do Saco (próximo á Boca da Barra), Mangaratiba,  1º Distrito.</t>
   </si>
   <si>
     <t>14429</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14429/indicacao_409_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14429/indicacao_409_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que as Secretarias Competentes instalem um parque infantil no largo localizado no fim da Rua José Martins, próximo aos números 20 e 27, em Ibicuí, Mangaratiba,  1º Distrito.</t>
   </si>
   <si>
     <t>14518</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14518/indicacao_412_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14518/indicacao_412_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de revitalizar o parquinho da Cachoeira II, Rua 1, Cachoeira II, Muriqui, 4º distrito.</t>
   </si>
   <si>
     <t>14546</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14546/indicacao_413_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14546/indicacao_413_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de que seja revitalizado o parquinho da Rua da Palha, Praia do Saco, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14478</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14478/indicacao_416_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14478/indicacao_416_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito  que, em caráter de urgência, entre em contato com as Secretarias competentes, no sentido de providenciar instalação de um Cais Flutuante na Praia de Águas Lindas na Ilha de Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14479</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14479/indicacao_417_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14479/indicacao_417_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito  que, em caráter de urgência, entre em contato com as Secretarias competentes, no sentido de providenciar instalação de um Cais Flutuante na Praia Grande na Ilha de Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14521</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14521/indicacao_428_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14521/indicacao_428_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se a Secretaria de competência, para que seja construído um Parquinho na pracinha da Serra do Piloto, 5º Distrito.</t>
   </si>
   <si>
     <t>14598</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14598/indicacao_458_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14598/indicacao_458_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que Reitera a indicação 674/2021,  que em caráter de urgência, entre em contato com as Secretarias competentes, no sentido de providenciar a manutenção dos aparelhos da academia ao ar livre, na Praça do Sapo em Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14970</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14970/indicacao_535_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14970/indicacao_535_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de Competência, para que proceda a construção de mini quadra poliesportiva na escola Glauber dos Santos Borges, Conceição de Jacareí , 2º Distrito.</t>
   </si>
   <si>
     <t>14991</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14991/indicacao_549_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14991/indicacao_549_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que. em caráter de urgência, entre em contato com as Secretarias Competentes, no sentido de providenciar a instalação de uma academia ao ar livre e um parque de lazer para crianças, na Praia da Catita, na Ilha de Jaguanum, Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>15326</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15326/indicacao_648_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15326/indicacao_648_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se à Secretaria de competência, para que seja construído um Parquinho na pracinha de Ibicuí, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>15328</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15328/indicacao_650_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15328/indicacao_650_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que avalie a possibilidade de colocar um parque de diversão, Serra do Piloto, Mangaratiba, 5º Distrito.</t>
   </si>
   <si>
     <t>15338</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15338/indicacao_660_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15338/indicacao_660_2023.pdf</t>
   </si>
   <si>
     <t>Solicito a implementação do Projeto Viva Verão, com a finalidade de valorização da prática de esportes e danças, em todas as orlas das praias do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>14376</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14376/pl_57_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14376/pl_57_2023.pdf</t>
   </si>
   <si>
     <t>Institui os Jogos Escolares do Município de Mangaratiba e dá outras Providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -924,68 +924,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13539/indicacao_88_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13574/indicacao_103_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13578/indicacao_107_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13602/indicacao_114_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13761/indicacao_159_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13794/indicacao_160_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13795/indicacao_161_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13809/indicacao178_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13947/indicacao_231_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13973/indicacao_241_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13974/indicacao_242_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13978/indicacao_246_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13983/indicacao_251_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13996/indicacao_255_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14065/indicacao_278_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14083/indicacao_288_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14118/indicacao_308_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14125/indicacao_317_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14148/indicacao_325_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14155/indicacao_332_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14208/indicacao_349_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14301/indicacao_372_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14356/indicacao_378_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14360/indicacao_382_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14361/indicacao_383_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14368/indicacao_390_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14387/indicacao_393_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14394/indicacao_402_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14429/indicacao_409_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14518/indicacao_412_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14546/indicacao_413_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14478/indicacao_416_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14479/indicacao_417_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14521/indicacao_428_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14598/indicacao_458_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14970/indicacao_535_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14991/indicacao_549_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15326/indicacao_648_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15328/indicacao_650_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15338/indicacao_660_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14376/pl_57_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13539/indicacao_88_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13574/indicacao_103_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13578/indicacao_107_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13602/indicacao_114_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13761/indicacao_159_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13794/indicacao_160_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13795/indicacao_161_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13809/indicacao178_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13947/indicacao_231_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13973/indicacao_241_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13974/indicacao_242_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13978/indicacao_246_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13983/indicacao_251_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13996/indicacao_255_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14065/indicacao_278_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14083/indicacao_288_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14118/indicacao_308_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14125/indicacao_317_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14148/indicacao_325_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14155/indicacao_332_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14208/indicacao_349_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14301/indicacao_372_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14356/indicacao_378_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14360/indicacao_382_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14361/indicacao_383_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14368/indicacao_390_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14387/indicacao_393_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14394/indicacao_402_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14429/indicacao_409_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14518/indicacao_412_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14546/indicacao_413_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14478/indicacao_416_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14479/indicacao_417_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14521/indicacao_428_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14598/indicacao_458_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14970/indicacao_535_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14991/indicacao_549_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15326/indicacao_648_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15328/indicacao_650_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15338/indicacao_660_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14376/pl_57_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>