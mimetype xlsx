--- v0 (2025-12-06)
+++ v1 (2026-03-11)
@@ -54,231 +54,231 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13366</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13366/indicacao_14_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13366/indicacao_14_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito para que proceda com a revitalização ao longo de toda a ciclovia localizada na Rua Arthur Pires próximo a Vale e a CNA, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13414</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13414/indicacao_32_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13414/indicacao_32_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizada a construção de um coreto na Praça de Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>13501</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13501/indicacao_68_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13501/indicacao_68_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja feita revitalização na Praça Robert Simões, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13538</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13538/indicacao_87_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13538/indicacao_87_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se à Secretaria de competência, para que proceda com a revitalização da escada que dá acesso à Praia das Donzelas, após a Praia da Ribeira, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13575</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13575/indicacao_104_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13575/indicacao_104_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciada de acordo com as medidas necessárias de interesse público, a revitalização da Praça de Ibicuí, localizada na Estrada RJ 14, alto de Ibicuí, em Mangaratiba - 1º Distrito (ao lado da Construlíder).</t>
   </si>
   <si>
     <t>14203</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14203/indicacao_335_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14203/indicacao_335_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, estude a possibilidade de solicitar junto ao DNIT a construção de um túnel subterrâneo na BR – 101, Rodovia Rio-Santos, localizado no bairro El Ranchito, trevo da Praia do Saco, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>14293</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que  seja instalada uma rotatória na Rua Gastão de Carvalho com Av. Itaguaí, em Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14906</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14906/indicacao_526_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14906/indicacao_526_2023.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 735/2021 - Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, no sentido de providenciar uma pintura artística na Praça de Praia Grande - 6º Distrito.</t>
   </si>
   <si>
     <t>15125</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15125/indicacao_590_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15125/indicacao_590_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, em caráter de urgência, entre em contato com as Secretarias competentes no sentido de desenvolver um projeto de urbanização com calçamento, tratamento de esgoto e paisagismo na Praia Pequena, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>15226</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15226/indicacao_619_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15226/indicacao_619_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, para que realize, em caráter de urgência, a Poda de árvore, na Escola Municipal Raul Werneck de Castro, localizado na Ingaíba, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>15274</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15274/indicacao_630_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15274/indicacao_630_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que sejam providenciadas as medidas necessárias de interesse público, que realize a Poda de árvore, na Estrada Cipriano Barros Filho, em toda sua extensão, situado na Ingaíba, Mangaratiba, 1º Distrito.</t>
   </si>
   <si>
     <t>15298</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que as Secretarias competentes revitalizem completamente a Praça do Sapo, em Itacuruçá, 3º Distrito.</t>
   </si>
   <si>
     <t>14489</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14489/pl_72_2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14489/pl_72_2023.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público – Rua Manoel Marques da Silva”, a atual rua sem nome no Alto de Ibicuí, Mangaratiba.</t>
   </si>
   <si>
     <t>15075</t>
   </si>
   <si>
     <t>Aristides</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15075/pl-87-2023.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15075/pl-87-2023.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público – Rua Barão do Sahy” - a Rua “Projetada” situada no Bairro da Praia do Saco, Mangaratiba, fazendo conexão com a rua Manaus e a Servidão José de Andrade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -585,68 +585,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13366/indicacao_14_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13414/indicacao_32_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13501/indicacao_68_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13538/indicacao_87_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13575/indicacao_104_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14203/indicacao_335_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14906/indicacao_526_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15125/indicacao_590_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15226/indicacao_619_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15274/indicacao_630_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14489/pl_72_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15075/pl-87-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13366/indicacao_14_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13414/indicacao_32_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13501/indicacao_68_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13538/indicacao_87_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/13575/indicacao_104_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14203/indicacao_335_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14293/indicacao_364_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14906/indicacao_526_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15125/indicacao_590_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15226/indicacao_619_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15274/indicacao_630_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/14489/pl_72_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2023/15075/pl-87-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>