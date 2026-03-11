--- v0 (2025-12-10)
+++ v1 (2026-03-11)
@@ -54,321 +54,321 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11412</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/indicacao_01_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/indicacao_01_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 579/2021: que seja construído um mirante na Av. Cândido Jorge, no alto do Sahy, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11413</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11413/indicacao_02_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11413/indicacao_02_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 743/2021: que seja verificado a possibilidade de dar continuidade à calçada nas localidades de Praia Brava e Praia Pequena, até o Sahy, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11453</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11453/indicacao_17_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11453/indicacao_17_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 723/21 - Indica ao Sr. Prefeito que seja providenciado de acordo com as medidas necessárias de interesse público, que realize a construção de uma ciclovia na entrada da Ingaíba, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11562</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11562/indicacao_43_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11562/indicacao_43_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizada, em regime de urgência, a instalação de quebra-molas na Rua do Campo, em frente ao CEIM Denise Mendes Lopes de Souza, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>11540</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/indicacao_51_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/indicacao_51_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que estude a possibilidade de solicitar junto ao DNIT a construção de um túnel subterrâneo na BR-101, Rodovia Rio-Santos, localizado no bairro El Ranchito, Praia do Saco no trevo de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11541</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/indicacao_52_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/indicacao_52_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, no sentido de providenciar reparos (solda) na grade pluvial da Toca da Velha, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11947</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11947/indicacao_194_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11947/indicacao_194_2022.pdf</t>
   </si>
   <si>
     <t>Reiterando a Indicação 513/2021, indica ao Exmo Sr. Prefeito que, em caráter de urgência, a colocação de assentos adequados para os acompanhantes de pacientes que se encontram internados no Hospital Municipal Victor de Souza Breves.</t>
   </si>
   <si>
     <t>12046</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12046/indicacao_230_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12046/indicacao_230_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 200/2021 - Colocação de um quebra-molas na Rua José Alves Souza e Silva, altura do nº 86, próximo ao Salão de Beleza da Dona Ana, no Bairro Parque Bela Vista, Centro de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12204</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12204/indicacao_290_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12204/indicacao_290_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 027/2021 - Que em caráter de urgência entre em contato com a Secretaria competente, no sentido de providenciar a substituição do campo de areia localizado no bairro do Apara, em Mangaratiba (1º Distrito) por um campo sintético.</t>
   </si>
   <si>
     <t>12313</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12313/indicacao_333_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12313/indicacao_333_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 024/2021 - Que seja providenciado em caráter de urgência, um estudo para a possibilidade de instalação de Câmeras de segurança em locais estratégicos no município de Mangaratiba e seus principais Distritos.</t>
   </si>
   <si>
     <t>12381</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/indicacao_355_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/indicacao_355_2022.pdf</t>
   </si>
   <si>
     <t>Reiterando a Indicação 19/2021, de minha autoria, que seja providenciado em caráter de urgência, a construção de escada e alguns trechos de rampa, na Estrada São João Marcos, lote 8 fundos, Vila Jandira, conhecida como Subida do Amaral, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12382</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12382/indicacao_356_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12382/indicacao_356_2022.pdf</t>
   </si>
   <si>
     <t>Reiterando a indicação 111/21, de minha autoria, que em caráter de urgência entre em contato com as secretarias competentes, no sentido de que sejam feitos reparos na ponte da Rua Marcelo Araújo, que dá acesso à Rua Parati, atrás da base do SAMU, Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12439</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12439/indicacao_373_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12439/indicacao_373_2022.pdf</t>
   </si>
   <si>
     <t>Reitero a Indicação 682/2021, que solicita ver a possibilidade de construção de uma cisterna, no espaço à frente da quadra de esportes, situada entre as escolas Victor de Souza Breves e a Escola Municipal de Educação Especial Emanuela Ribeiro de Souza (CER - Centro Especializado em Reabilitação) - 1º Distrito.</t>
   </si>
   <si>
     <t>12440</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12440/indicacao_374_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12440/indicacao_374_2022.pdf</t>
   </si>
   <si>
     <t>Reitera as indicações 43/2018 e 452/2019. Que seja feita a implantação de faixa de pedestre e consequentemente a devida sinalização no cruzamento das Avenidas Frei Afonso e Gilson de Sá com a Manaus – Praia do Saco, tendo como ponto de referência o Supermercado UNIDOS.</t>
   </si>
   <si>
     <t>12509</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12509/indicacao_397_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12509/indicacao_397_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 385/2021 - Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, para que viabilizem a colocação de corrimão da Rua Maestro Olympio dos Santos (ladeira próxima ao Hospital Municipal Victor de Souza Breves), no centro de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12510</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/indicacao_398_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/indicacao_398_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência seja providenciado reparos/manutenção da Iluminação Pública da antiga Avenida Rio de Janeiro (Atual Avenida José Antônio da Costa), Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12730</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12730/indicacao_490_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12730/indicacao_490_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 164/2021 - Indica ao Exmo Sr, Prefeito que, na medida do possível, encaminhe-se à secretaria responsável, solicitando, a criação de um recuo para carga e descarga de caminhões, em frente a padaria sabor imperial, nº 170, nova Mangaratiba – 1º Distrito.</t>
   </si>
   <si>
     <t>12966</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12966/indicacao_552_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12966/indicacao_552_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 364/2021 - Indica ao Exmo Sr. Prefeito que seja providenciado em caráter de urgência, o término da reforma na quadra esportiva da Escola Municipal Victor de Souza Breves, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12967</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12967/indicacao_553_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12967/indicacao_553_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 636/2021 - Indica ao Exmo Sr. Prefeito que seja providenciado em caráter de urgência, a elaboração de um sistema de drenagem na Avenida Frei Affonso Jorge Braga (Mangaratiba - 1º Distrito), do início ao final.</t>
   </si>
   <si>
     <t>13045</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13045/indicacao_572_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13045/indicacao_572_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 724/2021 - Indica ao Exmo Sr. Prefeito a construção de um DPO na Ilha da Gamboa, localizado em Itacuruçá – 3º Distrito</t>
   </si>
   <si>
     <t>13211</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13211/ind_615.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13211/ind_615.22.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 010/2021, na qual solicito a construção de um ponto de ônibus com bancos e cobertura na Avenida Litorânea próximo à praça de Junqueira, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13280</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13280/ind_657.22_15.12.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13280/ind_657.22_15.12.22.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 137/2022 "Que seja realizada, em caráter de urgência, a designação de Guarda Municipal para efetuar a supervisão diária do Posto de Saúde de Conceição de Jacareí - 2º Distrito.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -675,68 +675,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/indicacao_01_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11413/indicacao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11453/indicacao_17_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11562/indicacao_43_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/indicacao_51_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/indicacao_52_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11947/indicacao_194_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12046/indicacao_230_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12204/indicacao_290_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12313/indicacao_333_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/indicacao_355_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12382/indicacao_356_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12439/indicacao_373_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12440/indicacao_374_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12509/indicacao_397_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/indicacao_398_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12730/indicacao_490_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12966/indicacao_552_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12967/indicacao_553_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13045/indicacao_572_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13211/ind_615.22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13280/ind_657.22_15.12.22.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/indicacao_01_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11413/indicacao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11453/indicacao_17_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11562/indicacao_43_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/indicacao_51_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/indicacao_52_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11947/indicacao_194_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12046/indicacao_230_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12204/indicacao_290_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12313/indicacao_333_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/indicacao_355_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12382/indicacao_356_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12439/indicacao_373_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12440/indicacao_374_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12509/indicacao_397_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/indicacao_398_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12730/indicacao_490_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12966/indicacao_552_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12967/indicacao_553_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13045/indicacao_572_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13211/ind_615.22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13280/ind_657.22_15.12.22.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>