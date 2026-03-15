--- v0 (2025-12-09)
+++ v1 (2026-03-15)
@@ -54,348 +54,348 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11357</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11357/mensagem_no01_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11357/mensagem_no01_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei Complementar que “Dispõe sobre alteração da Lei Complementar 55/2020, que trata de Estruturação da Administração Pública Municipal nos termos do Art 70, Parágrafo único, VI da Lei Orgânica de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>12772</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12772/mensagem_60_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12772/mensagem_60_2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo 2º do art. 2º da Lei 1235, de 25 de setembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>11443</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11443/plc_02_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11443/plc_02_2022.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Lei Complementar 052/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>13183</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13183/p_l_complementar_03_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13183/p_l_complementar_03_2022.pdf</t>
   </si>
   <si>
     <t>Altera o anexo II da Lei Complementar 052/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>13149</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Alessandro Portugal, Dori Costa, Dr. Mair, João Felippe, Juninho de Jacareí, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13149/plc_04_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13149/plc_04_2022.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei 028/1994 e estabelece outras providências.</t>
   </si>
   <si>
     <t>11504</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11504/pl_08_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11504/pl_08_2022.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 4º, Parágrafo único, do Anexo I da Lei 621, de março de 2008.</t>
   </si>
   <si>
     <t>11868</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11868/p_l_33_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11868/p_l_33_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1209/2019 – Código de Meio Ambiente do Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>11988</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Josué Té, Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11988/p_l_39_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11988/p_l_39_2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos parágrafos 1º e 2º do artigo 103 da Lei 05, de 03 de maio de 1991, e dá outras providências.</t>
   </si>
   <si>
     <t>12056</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12056/pl_41_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12056/pl_41_2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo 1º do artigo 72 da Lei 05, de 03 de maio de 1991, e dá outras providências.</t>
   </si>
   <si>
     <t>12227</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12227/pres_46.2022_-_ns.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12227/pres_46.2022_-_ns.pdf</t>
   </si>
   <si>
     <t>Inclui o inciso VIII e os parágrafos 1º e 2º ao artigo 12 da Lei Municipal 05, de 03 de maio de 1991.</t>
   </si>
   <si>
     <t>12984</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12984/projeto_no75_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12984/projeto_no75_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1324, de 23 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>13181</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Hugo Graçano, João Felippe, Juninho de Jacareí, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13181/pl_80_2022_-.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13181/pl_80_2022_-.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.209 de 06 de junho de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>12053</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/projeto_de_resolucao_02_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/projeto_de_resolucao_02_2022.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 155 da Resolução 58/1999, que estabelece o Regimento Interno da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>12599</t>
   </si>
   <si>
     <t>Alessandro Portugal, Dori Costa, Dr. Mair, Hugo Graçano, João Felippe, Josué Té, Juninho de Jacareí, Professor Renato Fifiu, Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12599/projeto_de_resolucao_03_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12599/projeto_de_resolucao_03_2022.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 19 da Resolução 58 de dezembro de 1999 que estabelece o Regimento Interno da Câmara Municipal de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>13309</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13309/pres_068.22-mdir.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13309/pres_068.22-mdir.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 155 da Resolução 058/1999, que estabelece o Regimento Interno da Câmara Municipal deMangaratiba”.</t>
   </si>
   <si>
     <t>12086</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Dori Costa, Dr. Mair, Hugo Graçano, João Felippe, Josué Té, Leandro de Paula, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12086/proposta_de_emenda_a_lom_02_2022_000795.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12086/proposta_de_emenda_a_lom_02_2022_000795.pdf</t>
   </si>
   <si>
     <t>Altera a redação, inclui dispositivos e revoga o artigo que menciona, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>12162</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12162/proposta_de_emenda_a_lei_organica_03_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12162/proposta_de_emenda_a_lei_organica_03_2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos dispositivos que menciona da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>12188</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Dori Costa, Dr. Mair, Hugo Graçano, João Felippe, Josué Té, Juninho de Jacareí, Leandro de Paula, Professor Renato Fifiu, Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12188/pelom_04_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12188/pelom_04_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§ 4º ao 12 ao art. 138 da Lei Orgânica do Município de Mangaratiba, para instituir o orçamento impositivo.</t>
   </si>
   <si>
     <t>12228</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Cecília Cabral, Dori Costa, Hugo Graçano, João Felippe, Leandro de Paula, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12228/pelom_05_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12228/pelom_05_2022.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo que menciona, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>12268</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Dori Costa, Dr. Mair, João Felippe, Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12268/pelom_06_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12268/pelom_06_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta os incisos IX e X ao art. 163 da Lei Orgânica Municipal de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>12489</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Dori Costa, Dr. Mair, Hugo Graçano, João Felippe, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12489/proposta_de_emenda_a_lei_organica_07_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12489/proposta_de_emenda_a_lei_organica_07_2022.pdf</t>
   </si>
   <si>
     <t>Inclui o § 5º ao artigo 33 da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>12600</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral, Dori Costa, Dr. Mair, Hugo Graçano, João Felippe, Josué Té, Juninho de Jacareí, Professor Renato Fifiu, Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12600/proposta_de_emenda_a_lei_organica_08_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12600/proposta_de_emenda_a_lei_organica_08_2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao caput do Artigo 57 da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -702,68 +702,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11357/mensagem_no01_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12772/mensagem_60_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11443/plc_02_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13183/p_l_complementar_03_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13149/plc_04_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11504/pl_08_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11868/p_l_33_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11988/p_l_39_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12056/pl_41_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12227/pres_46.2022_-_ns.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12984/projeto_no75_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13181/pl_80_2022_-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/projeto_de_resolucao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12599/projeto_de_resolucao_03_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13309/pres_068.22-mdir.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12086/proposta_de_emenda_a_lom_02_2022_000795.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12162/proposta_de_emenda_a_lei_organica_03_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12188/pelom_04_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12228/pelom_05_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12268/pelom_06_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12489/proposta_de_emenda_a_lei_organica_07_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12600/proposta_de_emenda_a_lei_organica_08_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11357/mensagem_no01_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12772/mensagem_60_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11443/plc_02_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13183/p_l_complementar_03_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13149/plc_04_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11504/pl_08_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11868/p_l_33_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11988/p_l_39_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12056/pl_41_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12227/pres_46.2022_-_ns.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12984/projeto_no75_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13181/pl_80_2022_-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/projeto_de_resolucao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12599/projeto_de_resolucao_03_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13309/pres_068.22-mdir.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12086/proposta_de_emenda_a_lom_02_2022_000795.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12162/proposta_de_emenda_a_lei_organica_03_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12188/pelom_04_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12228/pelom_05_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12268/pelom_06_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12489/proposta_de_emenda_a_lei_organica_07_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12600/proposta_de_emenda_a_lei_organica_08_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="152.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="231" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>