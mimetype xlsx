--- v0 (2025-12-07)
+++ v1 (2026-03-23)
@@ -54,504 +54,504 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11600</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11600/indicacao_77_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11600/indicacao_77_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com oferecimento de capacitações sobre educação financeira para os professores da Rede Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>11655</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11655/indicacao_100_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11655/indicacao_100_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja encaminhado Projeto de Lei de iniciativa do Chefe do Poder Executivo, dispondo sobre a concessão dos adicionais de insalubridade e periculosidade aos Servidores Públicos do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>11755</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/indicacao_128_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/indicacao_128_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja encaminhado a esta Casa Legislativa projeto de lei de iniciativa do Poder Executivo Municipal, elaborado com a participação dos sindicatos com atuação no Município, que proponha um Plano de Cargos, Carreiras e Remunerações (PCCR) contemplando o pessoal de apoio da educação, que seja incluindo-os no atual Plano do Magistério ou compondo um novo que seja unificado para todas as categorias de profissionais da área educacional.</t>
   </si>
   <si>
     <t>11788</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11788/ind_151.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11788/ind_151.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que sejam realizados acordos nos processos envolvendo o Município perante a Justiça Estadual ou transações administrativas a fim de solucionar demandas de até 30 (trinta) salários mínimos.</t>
   </si>
   <si>
     <t>11949</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11949/indicacao_196_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11949/indicacao_196_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja enviado para a apreciação desta Casa de Leis Projeto de Lei de autoria do Chefe do Poder Executivo que fixe o piso salarial dos enfermeiros da Rede Municipal de Saúde em pelo menos R$ 4.750,00 (quatro mil, setecentos e cinquenta reais) para uma jornada de 30 (trinta) horas semanais.</t>
   </si>
   <si>
     <t>11999</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11999/indicacao_213_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11999/indicacao_213_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja convocada audiência pública, a ser realizada na forma híbrida (presencial e virtual) e amplamente divulgada pelo Poder Executivo Municipal, a fim de se discutir democraticamente uma proposta de reforma administrativa e de um Termo de Ajuste de Gestão - TAG, após haver plena ciência à sociedade civil de um estudo de impacto financeiro, devendo ser solicitada a participação do Ilustre Promotor de Justiça da 3ª Promotoria de Tutela Coletiva do Núcleo de Angra dos Reis.</t>
   </si>
   <si>
     <t>12316</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12316/indicacao_336_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12316/indicacao_336_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, seja realizado Concurso Público para os cargos de Dentista, Auxiliar de Saúde Bucal (ASB), e Técnico em Saúde Bucal (TSB), devendo o Poder Executivo, até que haja a homologação do futuro  e a posse dos respectivos candidatos aprovados, contratar temporariamente tais profissionais.</t>
   </si>
   <si>
     <t>12363</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12363/indicacao_344_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12363/indicacao_344_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, seja realizado Concurso Público para o cargo de Nutricionista, no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>12551</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/indicacao_421_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/indicacao_421_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que entre em contato com as Secretarias competentes, no sentido de elaborar calendário anual de pagamento para servidores efetivos, aposentados e pensionistas do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>12865</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12865/mensagem_41_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12865/mensagem_41_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei Complementar que "Dispõe sobre as atribuições do cargo de Agente de Fiscalização Fazendária e dá outras providências".</t>
   </si>
   <si>
     <t>12762</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a data-base das remunerações dos servidores públicos municipais da Administração Direta e Indireta do Poder Executivo, referente aos períodos de 2019, 2020, 2021 e 2022 e dá outras providências. MENSAGEM RETIRADA CONFORME SOLICITADO ATRAVÉS DO OFÍCIO PMM 215/2022.</t>
   </si>
   <si>
     <t>13059</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13059/msg_064.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13059/msg_064.22.pdf</t>
   </si>
   <si>
     <t>Capeia Projeto de Lei que Dispõe sobre a data-base das remunerações dos Servidores Públicos Municipais da Administração Pública Direta e Indireta do Poder Executivo, referente aos períodos de 2019, 2020, 2021, e 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>13288</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13288/msg_065.22_12.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13288/msg_065.22_12.pdf</t>
   </si>
   <si>
     <t>Capeia Projeto de Lei Complementar que Dispõe sobre a transformação, redimensionamento e criação de Cargos Públicos Municipais e regulamenta as carreiras de Auditor de Controle Interno, Analista de Controle Interno, Gestor de Controle Interno e Técnico de Controle Interno, na âmbito da Controladoria Geral do Município.</t>
   </si>
   <si>
     <t>13233</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13233/msg_67_032323.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13233/msg_67_032323.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei Complementar que “Cria cargos e vagas e inclui os cargos na estrutura administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei complementar nº17, de 19 de dezembro de 2011, que Institui o Plano de Cargos, Carreiras e remunerações para os servidores públicos ocupantes de cargo efetivo no âmbito do Poder Executivo do Município de Mangaratiba e dá outras providências”</t>
   </si>
   <si>
     <t>13235</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13235/msg_068.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13235/msg_068.22.pdf</t>
   </si>
   <si>
     <t>Capeia Projeto de Lei Complementar que "Altera a Lei Complementar 065 de 19 de janeiro de 2022, que Dispõe sobre a Estruturação da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>13323</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13323/msg_69.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13323/msg_69.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Projeto de Lei Complementar que “Cria cargos e vagas e inclui os cargos na estrutura administrativa do município de Mangaratiba, altera o anexo I-A e o anexo III da Lei Complementar 017/2011 - Plano de Cargos, Carreiras e Salários dos servidores com cargo efetivo do Poder Executivo de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11482</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11482/projeto_de_decreto_02_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11482/projeto_de_decreto_02_2022.pdf</t>
   </si>
   <si>
     <t>Susta a aplicação do Art. 1.º do Decreto 4.048, de 1 de abril de 2019 e o Art. 1.º do Decreto 4.168, de 05 de fevereiro de 2020, que suspende temporariamente os pagamentos de resíduos e retroativos e dá outras providências”.</t>
   </si>
   <si>
     <t>12058</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Hugo Graçano, Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12058/pdl_04_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12058/pdl_04_2022.pdf</t>
   </si>
   <si>
     <t>Susta a aplicação do Art. 2.º caput e parágrafo único do Decreto n.º 3.188, de 07 de abril de 2014, que determina o gozo de férias e licença-prêmio aos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>13012</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13012/proj_dec_leg_7_22_033442.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13012/proj_dec_leg_7_22_033442.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do comando da Comunicação Interna (CI) 195/SMEEL/2022, de 18 de outubro de 2022, quanto ao Professor I de catorze horas da Rede Pública Municipal de Ensino de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>11555</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11555/pl_15_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11555/pl_15_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência a pedido da servidora pública, nos casos de violência doméstica e familiar contra a mulher.</t>
   </si>
   <si>
     <t>11704</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11704/pl_28_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11704/pl_28_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as restrições para a nomeação de cargos em comissão e função de confiança no âmbito da Administração Direta e Indireta dos Órgãos do Poder Executivo e Legislativo do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>11752</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/p_l_29_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/p_l_29_2022.pdf</t>
   </si>
   <si>
     <t>Institui para que todas as secretarias do município de Mangaratiba desenvolvam ginástica laboral aos funcionários.</t>
   </si>
   <si>
     <t>11790</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11790/pl_30_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11790/pl_30_2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta os atos para a exoneração dos Diretores das Escolas da Rede Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>12484</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12484/p_l_56_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12484/p_l_56_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o dever do Município de assegurar assessoria jurídica gratuita para os membros da Guarda Municipal de Mangaratiba que, pelo exercício da função, são submetidos a processos judiciais.</t>
   </si>
   <si>
     <t>12490</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12490/pl_57_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12490/pl_57_2022.pdf</t>
   </si>
   <si>
     <t>Institui homenagear os servidores públicos municipais aposentados em reconhecimento aos serviços prestados à Administração Municipal durante o exercício de suas funções.</t>
   </si>
   <si>
     <t>12604</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12604/pl_63_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12604/pl_63_2022.pdf</t>
   </si>
   <si>
     <t>Cria a jornada de trabalho municipal de 30 horas semanais aos enfermeiros, técnicos de enfermagem e auxiliares de enfermagem.</t>
   </si>
   <si>
     <t>13234</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13234/pl_088.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13234/pl_088.22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial mínimo para servidores e ocupantes de cargos de provimento em comissão da Prefeitura Municipal de Mangaratiba, e dá outras providências.</t>
   </si>
   <si>
     <t>13305</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13305/pl_90_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13305/pl_90_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a data-base das remunerações dos Servidores do Poder Legislativo Municipal, referente aos períodos de 2019,2020,2021 e 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>13203</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13203/pres_067.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13203/pres_067.22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão Permanente de Defesa do Servidor Público e dá outras providências.</t>
   </si>
   <si>
     <t>11705</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11705/req_12_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11705/req_12_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento de pedido de informações - solicita ao Exmo. Sr. Prefeito Municipal, informações sobre requerimentos pedindo o pagamento de “resíduos salariais” provenientes de exoneração, aposentadoria, etc.; dos retroativos referentes à mudança de categoria dos servidores públicos municipais efetivos da ativa, inativos e pensionistas e outras informações.</t>
   </si>
   <si>
     <t>11706</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11706/req_13_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11706/req_13_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento de pedido de informações - solicita que seja oficiado o Chefe do Poder Executivo no sentido de, no prazo máximo e improrrogável de até 30 (trinta) dias corridos, enviar a esta Egrégia Casa de Leis, Projeto de Lei Específica que assegure a revisão geral anual dos servidores públicos do Poder Executivo Municipal para o exercício de 2020, acrescentando-se nesse dispositivo legal, os índices inflacionários não concedidos nos exercícios de 2019, 2020 e 2021, em cumprimento ao que determinam expressamente a Constituição Federal em seu artigo 37, inciso X, e a Lei Municipal nº 988/2015, nos seus artigos 1º, 2º, 3º e 4º.</t>
   </si>
   <si>
     <t>12060</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12060/pdl_04_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12060/pdl_04_2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo 004/2022 de autoria dos Senhores Vereadores Hugo Graçano e Leandro de Paula que “Susta a aplicação do Art. 2.º caput e parágrafo único do Decreto n.º 3.188, de 07 de abril de 2014, que determina o gozo de férias e licença-prêmio aos servidores municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>13322</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13322/projeto_de_decreto_legislativo_06_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13322/projeto_de_decreto_legislativo_06_2022.pdf</t>
   </si>
   <si>
     <t>Susta a Portaria 023, de 05 de outubro de 2022, de autoria da Secretária Municipalde Educação que "Dispõe sobre os critérios técnicos de mérito e desempenho para exercer a função de diretores escolares da rede pública municipal de ensino doMunicípio de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13060</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>OExec</t>
   </si>
   <si>
     <t>Ofício do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13060/of_215.22_solicita_devolucao_msg_059.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13060/of_215.22_solicita_devolucao_msg_059.22.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada e a devolução da Mensagem 059/2022 que capeia o Projeto de Lei que “Dispõe sobre a data-base das remunerações dos servidores públicos municipais da Administração Direta e Indireta do Poder Executivo, referente aos períodos de 2019, 2020, 2021 e 2022 e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -858,68 +858,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11600/indicacao_77_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11655/indicacao_100_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/indicacao_128_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11788/ind_151.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11949/indicacao_196_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11999/indicacao_213_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12316/indicacao_336_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12363/indicacao_344_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/indicacao_421_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12865/mensagem_41_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13059/msg_064.22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13288/msg_065.22_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13233/msg_67_032323.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13235/msg_068.22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13323/msg_69.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11482/projeto_de_decreto_02_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12058/pdl_04_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13012/proj_dec_leg_7_22_033442.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11555/pl_15_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11704/pl_28_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/p_l_29_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11790/pl_30_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12484/p_l_56_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12490/pl_57_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12604/pl_63_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13234/pl_088.22.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13305/pl_90_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13203/pres_067.22.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11705/req_12_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11706/req_13_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12060/pdl_04_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13322/projeto_de_decreto_legislativo_06_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13060/of_215.22_solicita_devolucao_msg_059.22.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11600/indicacao_77_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11655/indicacao_100_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/indicacao_128_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11788/ind_151.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11949/indicacao_196_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11999/indicacao_213_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12316/indicacao_336_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12363/indicacao_344_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/indicacao_421_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12865/mensagem_41_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13059/msg_064.22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13288/msg_065.22_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13233/msg_67_032323.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13235/msg_068.22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13323/msg_69.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11482/projeto_de_decreto_02_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12058/pdl_04_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13012/proj_dec_leg_7_22_033442.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11555/pl_15_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11704/pl_28_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/p_l_29_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11790/pl_30_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12484/p_l_56_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12490/pl_57_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12604/pl_63_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13234/pl_088.22.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13305/pl_90_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13203/pres_067.22.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11705/req_12_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11706/req_13_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12060/pdl_04_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13322/projeto_de_decreto_legislativo_06_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13060/of_215.22_solicita_devolucao_msg_059.22.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>