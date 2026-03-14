--- v0 (2025-12-10)
+++ v1 (2026-03-14)
@@ -54,627 +54,627 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11708</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11708/msg_02_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11708/msg_02_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 067/2021 de autoria do Senhor Vereador Dori Costa que "Dispõe sobre as infrações administrativas e sanções derivadas de condutas atentatórias que extrapolem meros aborrecimentos a profissionais da Educação no exercício ou em razão de sua função".</t>
   </si>
   <si>
     <t>11710</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/msg_03_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/msg_03_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 123/2021 de autoria do Senhores Vereadores João Felippe e Alessandro Portugal que "Denomina Logradouro Público Municipal, sob a denominação que menciona, e dá outras providências – Horto Municipal Bonifácio Antônio Ferreira Neto".</t>
   </si>
   <si>
     <t>11711</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11711/msg_04_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11711/msg_04_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 130/2021 de autoria do Senhor Vereador Alessandro Portugal que " Denomina-se Próprios Municipais – Jurandir dos Santos Fernandes, a unidade escolar na Estrada da Cachoeira – Vale do Rio Sahy".</t>
   </si>
   <si>
     <t>11712</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/msg_05_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/msg_05_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 076/2021 de autoria do Senhor Vereador Hugo Graçano que "Dispõe sobre o Mapa do Empreendedor Informal no município de Mangaratiba, e dá outras providências".</t>
   </si>
   <si>
     <t>11713</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/msg_06_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/msg_06_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 027/2021 de autoria do Senhor Vereador Hugo Graçano que "Dispõe sobre a autorização da implantação de bebedouros e comedouros para cães e gatos nas praças e áreas de lazer do município de Mangaratiba".</t>
   </si>
   <si>
     <t>11734</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11734/mensagem_07_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11734/mensagem_07_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 125/2021 de autoria do Senhor Vereador Dori Costa que "Denomina-se Próprios Municipais - E. M. Sebastião José Fernandes a atual E. M. Praia Grande".</t>
   </si>
   <si>
     <t>11735</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11735/mensagem_08_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11735/mensagem_08_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 119/2021 de autoria do Senhor Vereador Dori Costa que "Denomina-se Próprios Municipais - E. M. Raul Werneck de Castro a atual E. M. Fazenda Ingaíba".</t>
   </si>
   <si>
     <t>11736</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11736/mensagem_09_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11736/mensagem_09_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 104/2021 de autoria do Senhor Vereador Dr. Mair que "Dispõe o prazo máximo para a ligação e religação de energia elétrica e dá outras providências".</t>
   </si>
   <si>
     <t>11737</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11737/mensagem_10_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11737/mensagem_10_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 034/2021 de autoria do Senhor Vereador que Hugo Graçano "Determina que os serviços de entrega de materiais, condimentos alimentícios e demais produtos adquiridos pelo Poder Público, tenham registro fotográfico na entrega e dá outras providências".</t>
   </si>
   <si>
     <t>11738</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11738/mensagem_11_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11738/mensagem_11_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 120/2021 de autoria do Senhor Vereador Dori Costa que "Denomina-se Próprios Municipais - E. M. Idalino Soares a atual E. M. Batatal".</t>
   </si>
   <si>
     <t>11739</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11739/mensagem_12_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11739/mensagem_12_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 103/2021 de autoria do Senhor Vereador Alessandro Portugal que “Institui implementar matrícula do CES como modalidade em todas as unidades da rede municipal".</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11749/mensagem_13_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11749/mensagem_13_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 116/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Prof. Renato Fifiu que "Dispõe de uma folga anual para todos os Servidores Públicos do Município no dia de seu aniversário na forma que menciona e dá outras providências".</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/mensagem_14_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/mensagem_14_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 112/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Prof. Renato Fifiu que "Institui que proceda com a proibição de cobrança de sacolas descartáveis biodegradáveis em estabelecimentos comerciais do Município de Mangaratiba".</t>
   </si>
   <si>
     <t>11751</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/mensagem_15_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/mensagem_15_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 011/2022 de autoria do Senhor Vereador Josué Té que "Dispõe sobre a criação do cadastro municipal de médicos voluntários e dá outras providências".</t>
   </si>
   <si>
     <t>11764</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/msg_016.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/msg_016.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 060/2021 de autoria dos Senhores Vereadores Nilton Santiago e João Felippe que “Dispõe acerca de orientação e sinalização por placas em áreas de risco nas cachoeiras do município de Mangaratiba.</t>
   </si>
   <si>
     <t>11765</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11765/msg_017.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11765/msg_017.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 140/2021 de autoria do Sr. Vereador Alessandro Portugal que “Institui a Semana de Valorização aos profissionais da saúde e dá outras providências.</t>
   </si>
   <si>
     <t>11766</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/msg_018.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/msg_018.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 097/2021 de autoria do Sr. Vereador Alessandro Portugal que “Institui a criação de Centros de Recuperação para dependentes químicos no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>11768</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11768/msg_020.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11768/msg_020.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 096/2021 de autoria do Sr. Vereador Prof. Renato Fifiu que “Institui no Calendário Oficial de Eventos do Município de Mangaratiba o Dia do Comércio e dá outras providências.</t>
   </si>
   <si>
     <t>11769</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11769/msg_021.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11769/msg_021.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 045/2021 de autoria do Sr. Vereador Dr. Mair que “Autoriza o Poder Executivo a conceder isenção de multas, juros e descontos incidentes sobre débitos de alvarás e licenças a ambulantes e comerciantes em período pandêmico e dá outras providências.</t>
   </si>
   <si>
     <t>11770</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11770/msg_022.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11770/msg_022.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 102/2021 de autoria dos Senhores Vereadores Cecília Cabral e Alessandro Portugal que “Dispõe sobre a tutela do imóvel Pomar da Casa Branca à Fundação Mário Peixoto.</t>
   </si>
   <si>
     <t>11771</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11771/msg_023.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11771/msg_023.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 138/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre classificar a visão monocular como deficiência visual no âmbito do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>11936</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11936/mensagem_25_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11936/mensagem_25_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 129/2021 de autoria do Sr. Vereador Leandro de Paula que “Isenta do pagamento de taxa de inscrição em concurso público o cidadão que compuser mesa receptora de votos em seção eleitoral pela Justiça Eleitoral”.</t>
   </si>
   <si>
     <t>12139</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12139/msg_30.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12139/msg_30.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Parcial ao Projeto de Lei 122/2021 de autoria do Sr. Ver. João Felippe que “Institui a figura do Aluno Exemplar, a ser homenageado e premiado e Professor Exemplar, a ser homenageado na forma estabelecida nesta Lei”.</t>
   </si>
   <si>
     <t>12140</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12140/msg_31.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12140/msg_31.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Parcial ao Projeto de Lei 135/2021 de autoria do Sr. Ver. Alessandro Portugal que “Dispõe sobre atendimento preferencial às pessoas com fibromialgia e lúpus nos locais que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>12141</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/msg_32.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/msg_32.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 099/2021 de autoria do Sr. Ver. Alessandro Portugal que “Institui a Política Municipal para a conservação e uso sustentável do Bioma Marinho (PMCMAR)”.</t>
   </si>
   <si>
     <t>12142</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12142/msg_33.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12142/msg_33.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 047/2021 de autoria do Sr. Ver. Alessandro Portugal que “Dispõe sobre a criação da Unidade de Conservação de Proteção Integral: Parque Natural Municipal Ilha Verde, também denominado Ilha Verde”.</t>
   </si>
   <si>
     <t>12143</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/msg_34.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/msg_34.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Parcial ao Projeto de Lei 092/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Nilton Santiago que “Institui que proceda com a regulamentação para criação de Mercado Municipal em todo os distritos do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>12144</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12144/msg_35.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12144/msg_35.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Parcial ao Projeto de Lei 105/2021 de autoria do Sr. Ver. Dr. Mair que “Institui o Programa “Cavalo de Lata”, no município de Mangaratiba, visando a redução e a substituição gradativa de animais por veículo de tração mecânica e ou elétrica”.</t>
   </si>
   <si>
     <t>12400</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12400/msg_38.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12400/msg_38.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 028/2022 de autoria do Sr. Ver. Dori Costa que “Dispõe sobre as restrições para a nomeação de cargos em comissão e função de confiança no âmbito da Administração Direta e Indireta dos Órgãos do Poder Executivo e Legislativo do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>12401</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12401/msg_39.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12401/msg_39.2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 128/2021 de autoria do Sr. Ver. Hugo Graçano que “Dispõe sobre instituir o Programa que evita a multa e apreensão de mercadorias de vendedores ambulantes sem que haja aviso prévio para adequação e dá outras providências”.</t>
   </si>
   <si>
     <t>12653</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/mensagem_43_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/mensagem_43_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 017/2022 de autoria do Sr. Vereador Alessandro Portugal que “Institui a realização de terapia de Reiki como medicina alternativa nos postos de saúde do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>12654</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12654/mensagem_44_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12654/mensagem_44_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 025/2022 de autoria do Sr. Vereador Dori Costa que “Dispõe sobre a instalação de filtros centrais para reservatórios e caixa d´água nas repartições públicas municipais”.</t>
   </si>
   <si>
     <t>12655</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12655/mensagem_45_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12655/mensagem_45_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 026/2022 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a instalação de fraldários nos banheiros públicos do município de Mangaratiba".</t>
   </si>
   <si>
     <t>12656</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12656/mensagem_46_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12656/mensagem_46_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 029/2022 de autoria do Senhor Vereador Alessandro Portugal que “Institui para que todas as Secretarias do município de Mangaratiba desenvolvam ginástica laboral aos funcionários”.</t>
   </si>
   <si>
     <t>12657</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12657/mensagem_47_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12657/mensagem_47_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 039/2022 de autoria dos Senhores Vereadores Josué Té e Leandro de Paula que “Dá nova redação aos parágrafos 1º e 2º do artigo 103 da Lei nº05, de 03 de maio de 1991, e dá outras providências”.</t>
   </si>
   <si>
     <t>12658</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12658/mensagem_48_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12658/mensagem_48_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 139/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre criação do Regime Especial de Trabalho Policial da Guarda Municipal, da Defesa Civil e Agentes de Trânsito e dá outras providências”.</t>
   </si>
   <si>
     <t>12659</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12659/mensagem_50_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12659/mensagem_50_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 009/2022 de autoria do Sr. Vereador João Felippe que “Concede isenção do imposto predial e territorial urbano - IPTU à pessoas físicas que comprovadamente tiveram prejuízos relacionados à desastres naturais”.</t>
   </si>
   <si>
     <t>12660</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12660/mensagem_52_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12660/mensagem_52_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 001/2022 de autoria do Sr. Vereador João Felippe que “Implementa no município de Mangaratiba o Programa "Atualiza Mangaratiba”.</t>
   </si>
   <si>
     <t>12661</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12661/mensagem_53_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12661/mensagem_53_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 136/2021 de autoria da Sra. Vereadora Cecília Cabral que “Dispõe sobre autorização de Práticas Integrativas e Complementares de Saúde (PICS) e dá outras providências”.</t>
   </si>
   <si>
     <t>12662</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12662/mensagem_54_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12662/mensagem_54_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 019/2022 de autoria do Sr. Vereador Dori Costa que “Institui o Programa Municipal de Incentivo à Vacinação contra a Brucelose bovina no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>12663</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12663/mensagem_55_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12663/mensagem_55_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 022/2022 de autoria do Sr. Vereador Alessandro Portugal que “Institui autorização de cobrança de multas para as pessoas que jogam qualquer tipo de lixo nas praias e cachoeiras do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>12761</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12761/mensagem_56_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12761/mensagem_56_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 021/2022 de autoria do Sr. Vereador Juninho de Jacareí que “Dispõe sobre a inclusão do ensino de música como atividade curricular nas escolas da rede pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>12664</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12664/mensagem_57_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12664/mensagem_57_2022.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 018/2022 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre oferta de atividades complementares em contraturno nas escolas de Ensino Fundamental”.</t>
   </si>
   <si>
     <t>13324</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13324/msg_70.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13324/msg_70.2022.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Complementar 004/2022 de autoria dos Senhores Vereadores que “Modifica a Lei 028 de 30 de dezembro de 1994 e estabelece outras providências”.</t>
   </si>
   <si>
     <t>13325</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13325/msg_71.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13325/msg_71.2022.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei n016/2022 de autoria dos Senhores Vereadores Dori Costa e Josué Té que “Dispõe sobre a instalação de câmeras de vigilância com central de monitoramento nos Centros de Educação Infantil Municipais e Escolas Públicas mantidas pelo Poder Executivo Municipal”.</t>
   </si>
   <si>
     <t>13326</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/msg_72.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/msg_72.2022.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei 037/2022 de autoria do Sr. Vereador Dr. Mair que “Cria o Programa Resgatar, de recuperação e fortalecimento de aprendizagem nas escolas de Ensino Fundamental da Rede Municipal de Ensino de Mangaratiba”.</t>
   </si>
   <si>
     <t>13327</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13327/msg_73.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13327/msg_73.2022.pdf</t>
   </si>
   <si>
     <t>Capeia Veto Total ao Projeto de Lei 005/2022 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a criação do Núcleo de Alfabetização.</t>
   </si>
   <si>
     <t>13328</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13328/msg_74.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13328/msg_74.2022.pdf</t>
   </si>
   <si>
     <t>Capeia Veto Total ao Projeto de Lei 004/2022 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a criação do Conselho Municipal de Juventude no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>13329</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/msg_75.2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/msg_75.2022.pdf</t>
   </si>
   <si>
     <t>Capeia Veto Total ao Projeto de Lei 008/2022 de autoria do Sr. Vereador João Felippe que “Altera o Artigo 4º, Parágrafo único, do Anexo I da Lei 621, de março de 2008”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -981,68 +981,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11708/msg_02_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/msg_03_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11711/msg_04_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/msg_05_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/msg_06_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11734/mensagem_07_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11735/mensagem_08_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11736/mensagem_09_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11737/mensagem_10_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11738/mensagem_11_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11739/mensagem_12_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11749/mensagem_13_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/mensagem_14_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/mensagem_15_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/msg_016.2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11765/msg_017.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/msg_018.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11768/msg_020.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11769/msg_021.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11770/msg_022.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11771/msg_023.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11936/mensagem_25_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12139/msg_30.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12140/msg_31.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/msg_32.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12142/msg_33.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/msg_34.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12144/msg_35.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12400/msg_38.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12401/msg_39.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/mensagem_43_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12654/mensagem_44_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12655/mensagem_45_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12656/mensagem_46_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12657/mensagem_47_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12658/mensagem_48_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12659/mensagem_50_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12660/mensagem_52_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12661/mensagem_53_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12662/mensagem_54_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12663/mensagem_55_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12761/mensagem_56_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12664/mensagem_57_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13324/msg_70.2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13325/msg_71.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/msg_72.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13327/msg_73.2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13328/msg_74.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/msg_75.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11708/msg_02_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/msg_03_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11711/msg_04_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/msg_05_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/msg_06_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11734/mensagem_07_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11735/mensagem_08_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11736/mensagem_09_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11737/mensagem_10_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11738/mensagem_11_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11739/mensagem_12_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11749/mensagem_13_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/mensagem_14_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/mensagem_15_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/msg_016.2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11765/msg_017.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/msg_018.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11768/msg_020.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11769/msg_021.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11770/msg_022.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11771/msg_023.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11936/mensagem_25_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12139/msg_30.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12140/msg_31.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/msg_32.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12142/msg_33.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/msg_34.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12144/msg_35.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12400/msg_38.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12401/msg_39.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/mensagem_43_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12654/mensagem_44_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12655/mensagem_45_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12656/mensagem_46_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12657/mensagem_47_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12658/mensagem_48_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12659/mensagem_50_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12660/mensagem_52_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12661/mensagem_53_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12662/mensagem_54_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12663/mensagem_55_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12761/mensagem_56_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12664/mensagem_57_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13324/msg_70.2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13325/msg_71.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/msg_72.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13327/msg_73.2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13328/msg_74.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/msg_75.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>