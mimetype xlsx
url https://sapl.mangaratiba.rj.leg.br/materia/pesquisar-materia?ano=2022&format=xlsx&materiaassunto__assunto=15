--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -54,390 +54,390 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente, para que seja realizado “Colônia de Férias” na Quadra de Esportes Alexandre Henrique Marques, localizado no Parque Bela Vista (em Mangaratiba - 1º Distrito), a fim de desenvolver atividades recreativas no período das férias escolares.</t>
   </si>
   <si>
     <t>11452</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11452/indicacao_16_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11452/indicacao_16_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente, para que seja implantado aulas de “Dança de Salão”, na Quadra de Esportes Alexandre Henrique Marques, localizado no Parque Bela Vista (em Mangaratiba - 1º Distrito), a fim de proporcionar mais qualidade de vida aos moradores locais e adjacências.</t>
   </si>
   <si>
     <t>11490</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11490/indicacao_34_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11490/indicacao_34_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente, no sentido de providenciar a construção de uma área de lazer e entretenimento na Rua Sebastião Mazer (antiga Rua Projetada F), Nova Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que seja implantado nas praias do Município de Mangaratiba o chuveirão ecológico.</t>
   </si>
   <si>
     <t>12067</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12067/indicacao_235_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12067/indicacao_235_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, no sentido de providenciar a revitalização com a construção de uma área de lazer onde localiza-se o monumento do Cristo, localizado na Ladeira Dona Cecília (Morro do Cristo), em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12174</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12174/indicacao_272_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12174/indicacao_272_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 028/2021, que solicita em caráter de urgência a construção de uma área de lazer e entretenimento junto ao campo localizado no bairro do Apara, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12203</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12203/indicacao_289_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12203/indicacao_289_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, no sentido de providenciar a reforma  do parquinho infantil do Apara, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12231</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, para que estude a possibilidade do retorno dos Eventos Tradicionais e Culturais do município de Mangaratiba.</t>
   </si>
   <si>
     <t>12306</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12306/indicacao_326_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12306/indicacao_326_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a secretaria competente, no sentido de providenciar a manutenção do parquinho da Ilha da Gamboa, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>12366</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12366/indicacao_349_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12366/indicacao_349_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 166/2020 - Indica ao Exmo Sr. Prefeito que seja providenciado a troca da areia do solo por grama sintética do parquinho da Praia Grande - 6º Distrito.</t>
   </si>
   <si>
     <t>12367</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12367/indicacao_350_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12367/indicacao_350_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 171/2020 - Indica ao Exmo Sr. Prefeito que, em caráter de urgência, que troque a areia do solo por grama sintética no parquinho da praça de skate, próximo a cabine da Guarda Municipal, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>12552</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12552/indicacao_422_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12552/indicacao_422_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja criada, nos meses de férias escolares, festival de pipas a serem realizada na área de exposição e em todos os Distritos de Mangaratiba.</t>
   </si>
   <si>
     <t>12690</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12690/indicacao_470_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12690/indicacao_470_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se à secretaria responsável  reforma na piscinas localizadas no Poção, na Rua Carlos Buzato, em Muriqui -  4º Distrito.</t>
   </si>
   <si>
     <t>12691</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12691/indicacao_471_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12691/indicacao_471_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se à secretaria responsável para que possa ser feita uma reforma no parque infantil localizado no Poção, na Rua Carlos Buzato, em Muriqui -  4º Distrito.</t>
   </si>
   <si>
     <t>12698</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja providenciado a instalação de um refletor no campo de futebol de Itacurubitiba, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>12701</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, em caráter de urgência, entre em contato com as Secretarias competentes, no sentido de que possam efetuar o término das obras na quadra da Escola Cândido Jorge Capixaba – CIEP 294, na Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12702</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12702/indicacao_477_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12702/indicacao_477_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a recuperação da faixa de areia da praia de Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>12883</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/indicacao_533_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/indicacao_533_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr Prefeito que estude a possibilidade junto a secretaria competente para que seja providenciado um concurso sobre “a rua mais enfeitada da Copa” no município de Mangaratiba.</t>
   </si>
   <si>
     <t>13037</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/indicacao_562_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/indicacao_562_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizada, em regime de urgência, a criação de um espaço recreativo nas dependências do Colégio Hermínia de Oliveira Mattos, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>13102</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja construída uma quadra de lazer ao lado da Escola Municipal Paulo Scofano, que será utilizada para os alunos e as crianças do local, na Praia da Gamboa – Ilha de Itacuruçá – 3º Distrito.</t>
   </si>
   <si>
     <t>13165</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>Dra. Gabi</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13165/indicacao_602_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13165/indicacao_602_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito queue seja providenciada a colocação de um parquinho infantil na Praça de Ibicuí, localizada de frente para a praia no final da Rua José Martins, em Ibicuí, Mangaraitba - 1º Distrito.</t>
   </si>
   <si>
     <t>13219</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>Dr. Davi</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13219/ind_627.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13219/ind_627.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que realize a manutenção e/ou troca de brinquedos danificados do parque infantil na Rua Helena G Mirandola, antiga rua B, localizada na Praia Grande, 6º Distrito.</t>
   </si>
   <si>
     <t>13240</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13240/ind_634.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13240/ind_634.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizada em regime de urgência, a instalação de uma Praça de Convivência com Academia ao ar livre na Rua Maria Coleta Dutra, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>12824</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12824/pl_70_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12824/pl_70_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instalação de brinquedos para portadores de deficiência física nas escolas para promoção da acessibilidade.</t>
   </si>
   <si>
     <t>13158</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf</t>
   </si>
   <si>
     <t>Institui no calendário de eventos, os campeonatos amadores de futsal, beach soccer e futevôlei dos bairros do Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>13011</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Comissão Permanente e dá outras providências – Criação de Esportes e Lazer.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -744,68 +744,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11452/indicacao_16_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11490/indicacao_34_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12067/indicacao_235_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12174/indicacao_272_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12203/indicacao_289_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12306/indicacao_326_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12366/indicacao_349_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12367/indicacao_350_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12552/indicacao_422_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12690/indicacao_470_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12691/indicacao_471_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12702/indicacao_477_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/indicacao_533_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/indicacao_562_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13165/indicacao_602_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13219/ind_627.22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13240/ind_634.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12824/pl_70_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11452/indicacao_16_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11490/indicacao_34_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12067/indicacao_235_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12174/indicacao_272_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12203/indicacao_289_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12306/indicacao_326_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12366/indicacao_349_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12367/indicacao_350_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12552/indicacao_422_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12690/indicacao_470_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12691/indicacao_471_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12702/indicacao_477_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/indicacao_533_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/indicacao_562_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13165/indicacao_602_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13219/ind_627.22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13240/ind_634.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12824/pl_70_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>