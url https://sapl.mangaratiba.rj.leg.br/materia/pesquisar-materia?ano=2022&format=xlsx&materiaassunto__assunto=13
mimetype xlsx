--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,228 +54,228 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11422</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11422/indicacao_10_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11422/indicacao_10_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito um novo cais de Turismo (madeira), para embarque e desembarque no Centro de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11447</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11447/indicacao_12_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11447/indicacao_12_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja erguido um monumento no calçadão de Itacuruçá (3º Distrito) próximo ao cais turístico em memória à toda resistência do povo remanescente de escravos no nosso Município.</t>
   </si>
   <si>
     <t>11484</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11484/indicacao_28_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11484/indicacao_28_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que estude a possibilidade junto à secretaria competente para que seja confeccionado um FOLDER (guia turístico) que contenha um mapa de nossa cidade com os pontos turísticos, bares e restaurantes, hotéis e pousadas para auxílio de visitantes.</t>
   </si>
   <si>
     <t>11485</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/indicacao_29_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/indicacao_29_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 477/2021 - Indica ao Exmo Sr. Prefeito que seja instalado placas de sinalização turísticas e/ou de orientação nas ruas da cidade e estradas Municipais de Mangaratiba.</t>
   </si>
   <si>
     <t>11539</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11539/indicacao_50_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11539/indicacao_50_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, no sentido de verificar a possibilidade de derrubar e refazer a ponte de embarque e desembarque, localizada na Rua Azaléia dos Amorés em Ibicuí, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que seja implantado nas praias do Município de Mangaratiba o chuveirão ecológico.</t>
   </si>
   <si>
     <t>12231</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, para que estude a possibilidade do retorno dos Eventos Tradicionais e Culturais do município de Mangaratiba.</t>
   </si>
   <si>
     <t>12434</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12434/indicacao_353_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12434/indicacao_353_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada a instalação de um letreiro com a frase “Eu Amo Conceição de Jacareí”, no largo do Calçadão do 2º Distrito, que se localiza nas imediações da “Praça da Praia”, situada a Rua Nossa Senhora da Conceição, em Conceição de Jacareí.</t>
   </si>
   <si>
     <t>12683</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12683/indicacao_465_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12683/indicacao_465_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de letreiro “Eu amo Itacuruçá” na Praia de Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>12703</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12703/indicacao_478_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12703/indicacao_478_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de letreiro “Eu amo Ibicuí” na Praia de Ibicuí, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12723</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12723/indicacao_483_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12723/indicacao_483_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de letreiro “Eu amo Praia do Saco” na Praia da Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>13039</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/indicacao_564_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/indicacao_564_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de internet gratuita no cais turístico de Conceição de Jacareí (2º Distrito), com check-in divulgando os pontos de turismo do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>11867</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Juninho Laurentino</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cicloturismo na cidade de Mangaratiba.</t>
   </si>
   <si>
     <t>12739</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12739/pl_67_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12739/pl_67_2022.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Desenvolvimento do Turismo Rural no Município de Mangaratiba.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -582,68 +582,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11422/indicacao_10_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11447/indicacao_12_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11484/indicacao_28_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/indicacao_29_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11539/indicacao_50_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12434/indicacao_353_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12683/indicacao_465_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12703/indicacao_478_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12723/indicacao_483_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/indicacao_564_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12739/pl_67_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11422/indicacao_10_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11447/indicacao_12_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11484/indicacao_28_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/indicacao_29_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11539/indicacao_50_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/indicacao_95_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/indicacao_296_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12434/indicacao_353_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12683/indicacao_465_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12703/indicacao_478_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12723/indicacao_483_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/indicacao_564_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12739/pl_67_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="254.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>