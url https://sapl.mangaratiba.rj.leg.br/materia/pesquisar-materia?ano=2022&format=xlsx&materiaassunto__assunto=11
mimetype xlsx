--- v0 (2025-12-12)
+++ v1 (2026-03-24)
@@ -54,303 +54,303 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11592</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11592/indicacao_69_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11592/indicacao_69_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, em caráter de urgência, entre em contato com a Secretaria competente, no sentido de reformarem os equipamentos da academia da terceira idade, que fica localizada na Praça Capitão Aristides Brito Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11625</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/indicacao_89_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/indicacao_89_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes no sentido de viabilizar o retorno das práticas esportivas que aconteciam no campo society de Itacurubitiba, em Conceição de jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>11657</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11657/indicacao_102_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11657/indicacao_102_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente, no sentido de providenciar a Implantação de escolinha de futebol na quadra Alexandre Henrique Marques, do Parque Bela Vista, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>11973</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11973/indicacao_206_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11973/indicacao_206_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado as medidas necessárias de interesse público, para a implantação de balizamento para futebol americano, em frente ao CIEP 294 – Cândido Jorge Capixaba, na Praia do Saco, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12190</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12190/indicacao_276_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12190/indicacao_276_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que a Secretaria Municipal de Educação, Esporte e Lazer incentive os praticantes de esporte com campeonatos, torneios, esportes radicais e individuais.</t>
   </si>
   <si>
     <t>12305</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12305/indicacao_325_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12305/indicacao_325_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a secretaria competente, no sentido de providenciar o alambrado do campo de futebol da Ilha da Gamboa, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>12312</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12312/indicacao_332_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12312/indicacao_332_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja providenciado a reforma dos equipamentos da academia ao ar livre, instalada próximo ao campo de areia do Apara, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12516</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12516/indicacao_404_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12516/indicacao_404_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que avalie a possibilidade de realizar reparos na Pista de Skate, na Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12519</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja realizado atividades de treino funcional na Quadra de Esportes Alexandre Henrique Marques, Parque Bela Vista, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12698</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, para que seja providenciado a instalação de um refletor no campo de futebol de Itacurubitiba, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>12701</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, em caráter de urgência, entre em contato com as Secretarias competentes, no sentido de que possam efetuar o término das obras na quadra da Escola Cândido Jorge Capixaba – CIEP 294, na Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12724</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12724/indicacao_484_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12724/indicacao_484_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a SSecretaria de competência, para que proceda com a criação de ciclofaixa no trecho entre o Fórum e o Condomínio Green Paradise – Praia do Saco, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>12882</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12882/indicacao_532_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12882/indicacao_532_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. prefeito que em caráter de urgência seja providenciado reparos/manutenção da grama sintética do Campo Vereador Adilson Guimarães na Praia do Saco, Mangaratiba – 1° Distrito.</t>
   </si>
   <si>
     <t>13137</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13137/ind_566_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13137/ind_566_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 027/2021 - Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com a Secretaria competente, no sentido de providenciar a substituição do campo de areia localizado no bairro Apara, em Mangaratiba (1º Distrito), por um campo em grama sintética.</t>
   </si>
   <si>
     <t>13102</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja construída uma quadra de lazer ao lado da Escola Municipal Paulo Scofano, que será utilizada para os alunos e as crianças do local, na Praia da Gamboa – Ilha de Itacuruçá – 3º Distrito.</t>
   </si>
   <si>
     <t>11867</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Juninho Laurentino</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cicloturismo na cidade de Mangaratiba.</t>
   </si>
   <si>
     <t>11989</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11989/pl_40_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11989/pl_40_2022.pdf</t>
   </si>
   <si>
     <t>Institui a Medalha “Djalma Ferreira Braga” ao atleta do ano no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>12569</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Institui o Programa Jovens Atletas no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>12823</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12823/pl_69_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12823/pl_69_2022.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de incentivo à prática desportiva de futevôlei – pró futevôlei, em espaços públicos do município e dá outras providências.</t>
   </si>
   <si>
     <t>13158</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf</t>
   </si>
   <si>
     <t>Institui no calendário de eventos, os campeonatos amadores de futsal, beach soccer e futevôlei dos bairros do Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>13011</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Comissão Permanente e dá outras providências – Criação de Esportes e Lazer.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -672,68 +672,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11592/indicacao_69_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/indicacao_89_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11657/indicacao_102_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11973/indicacao_206_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12190/indicacao_276_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12305/indicacao_325_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12312/indicacao_332_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12516/indicacao_404_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12724/indicacao_484_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12882/indicacao_532_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13137/ind_566_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11989/pl_40_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12823/pl_69_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11592/indicacao_69_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/indicacao_89_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11657/indicacao_102_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11973/indicacao_206_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12190/indicacao_276_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12305/indicacao_325_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12312/indicacao_332_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12516/indicacao_404_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12698/indicacao_472_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12701/indicacao_476_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12724/indicacao_484_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12882/indicacao_532_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13137/ind_566_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13102/ind_578_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/p_l_32_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11989/pl_40_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12823/pl_69_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13158/pl_86_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="253" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>