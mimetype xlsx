--- v0 (2025-12-09)
+++ v1 (2026-03-28)
@@ -54,258 +54,258 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11415</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/indicacao_04_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/indicacao_04_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja encaminhado Projeto de Lei de iniciativa do Chefe do Poder Executivo, a ser apreciado em regime de urgência, dispondo sobre a criação de um Fundo Municipal de Assistência à Mulher (FMAM), no âmbito da Secretaria Municipal de Assistência Social e Direitos Humanos, possibilitando a arrecadação de recursos financeiros para financiar ações em prol da autonomia e valorização feminina, rompendo, assim, o ciclo de violência de gênero, econômica e social.</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência, entre em contato com a Secretaria competente, para que seja realizado “Colônia de Férias” na Quadra de Esportes Alexandre Henrique Marques, localizado no Parque Bela Vista (em Mangaratiba - 1º Distrito), a fim de desenvolver atividades recreativas no período das férias escolares.</t>
   </si>
   <si>
     <t>11656</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11656/indicacao_101_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11656/indicacao_101_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja expedido ofício ao Presidente do Egrégio Tribunal de Justiça do Estado do Rio de Janeiro solicitando ações da ‘Justiça Itinerante Marítima’, do programa ‘Justiça Itinerante’, para atendimento aos moradores das ilhas de Jaguanum, de Marambaia e de Itacuruçá nas Praias da Gamboa e de Águas Lindas.</t>
   </si>
   <si>
     <t>11950</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11950/indicacao_197_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11950/indicacao_197_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de fraldários no Hospital Municipal Victor de Souza Breves.</t>
   </si>
   <si>
     <t>11951</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11951/indicacao_198_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11951/indicacao_198_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a instalação de fraldários na UBS em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>12686</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12686/indicacao_466_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12686/indicacao_466_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com a implementação de palestras que abordem sobre injúria racial nas Escolas da Rede Pública do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>12885</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12885/indicacao_535_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12885/indicacao_535_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 513/2021 - Indica ao exmo Sr. Prefeito a colocação de assentos adequados para os acompanhantes dos pacientes que se encontram no Hospital Municipal Victor de Souza Breves.</t>
   </si>
   <si>
     <t>13262</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>Dra. Gabi</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13262/ind_648.22_13.12.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13262/ind_648.22_13.12.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciada a construção de  uma capela ecumênica no Hospital Municipal Victor de Souza Breves.</t>
   </si>
   <si>
     <t>13263</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13263/ind_649.22_13.12.22.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13263/ind_649.22_13.12.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja implantada a humanização hospitalar através da palhaçoterapia na Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>11372</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11372/pl_01_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11372/pl_01_2022.pdf</t>
   </si>
   <si>
     <t>Implementa no município de Mangaratiba o Programa “Atualiza Mangaratiba".</t>
   </si>
   <si>
     <t>11507</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11507/pl_11_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11507/pl_11_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cadastro municipal de médicos voluntários e dá outras providências.</t>
   </si>
   <si>
     <t>11612</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11612/pl_23_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11612/pl_23_2022.pdf</t>
   </si>
   <si>
     <t>Institui a criação do Plano de Ação para enfrentar os efeitos da pandemia na educação evitando abandono escolar e evasão.</t>
   </si>
   <si>
     <t>11716</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11716/pl_27_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11716/pl_27_2022.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de Orientação, Prevenção e Conscientização da Depressão, Transtorno de Ansiedade e Síndrome do Pânico”.</t>
   </si>
   <si>
     <t>11903</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11903/p_l_34_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11903/p_l_34_2022.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Combate à Fome, no âmbito do Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>11904</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11904/p_l_35_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11904/p_l_35_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Censo Inclusão e seus objetivos e dá outras providências.</t>
   </si>
   <si>
     <t>13136</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13136/pl_79_2022.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13136/pl_79_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa “Cesta Básica do Idoso” no âmbito do município de Mangaratiba, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -612,68 +612,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/indicacao_04_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11656/indicacao_101_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11950/indicacao_197_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11951/indicacao_198_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12686/indicacao_466_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12885/indicacao_535_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13262/ind_648.22_13.12.22.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13263/ind_649.22_13.12.22.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11372/pl_01_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11507/pl_11_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11612/pl_23_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11716/pl_27_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11903/p_l_34_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11904/p_l_35_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13136/pl_79_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/indicacao_04_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11450/indicacao_15_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11656/indicacao_101_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11950/indicacao_197_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11951/indicacao_198_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12686/indicacao_466_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/12885/indicacao_535_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13262/ind_648.22_13.12.22.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13263/ind_649.22_13.12.22.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11372/pl_01_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11507/pl_11_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11612/pl_23_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11716/pl_27_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11903/p_l_34_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/11904/p_l_35_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2022/13136/pl_79_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>