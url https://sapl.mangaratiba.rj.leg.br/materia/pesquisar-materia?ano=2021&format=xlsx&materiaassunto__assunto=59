--- v0 (2025-12-10)
+++ v1 (2026-03-29)
@@ -54,231 +54,231 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10411</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10411/ind_568.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10411/ind_568.21.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que realize o Programa Banho Assistido no município de Mangaratiba.</t>
   </si>
   <si>
     <t>10631</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10631/indicacao_650_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10631/indicacao_650_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado as medidas necessárias de interesse público, que realize o Programa Bairro Seguro, no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10819/indicacao_691_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10819/indicacao_691_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a implantação do passe de transportes aos atletas das Ilhas de Itacuruçá ao Projeto Passaporte Para Vitória, no 3 º Distrito.</t>
   </si>
   <si>
     <t>11117</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11117/indicacao_746_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11117/indicacao_746_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado de acordo com as medidas necessárias de interesse público, autorização do município para que PRIORIZE E SOLICITE O PROJETO “POLÍCIA MIRIM”, por meio da Policia Militar do Estado do Rio de Janeiro (PMERJ), nos limites da lei, auxiliando o Estado no que couber, para o município de Mangaratiba.</t>
   </si>
   <si>
     <t>10211</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10211/pl_70_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10211/pl_70_2021.pdf</t>
   </si>
   <si>
     <t>Institui no município de Mangaratiba o Programa de Cooperação e Código Sinal Vermelho, como forma de pedido de socorro e ajuda para mulheres em situação de violência doméstica ou familiar, medida de combate e prevenção à violência doméstica, conforme a Lei Federal 11.340, de 07 de agosto de 2006.</t>
   </si>
   <si>
     <t>10352</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10352/pl_78_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10352/pl_78_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa Jovem Servidor, da contratação, sem vínculo empregatício, dos estudantes do ensino público municipal nas funções de menores ou jovens aprendizes da Administração Pública, no âmbito municipal, e dá outras providências</t>
   </si>
   <si>
     <t>10358</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10358/pl_88_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10358/pl_88_2021.pdf</t>
   </si>
   <si>
     <t>Cria o programa “Amiga do Esporte e do Lazer”, no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>10428</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10428/pl_098.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10428/pl_098.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa Saúde do Trabalhador da Saúde no âmbito municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>10615</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10615/pl_109_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10615/pl_109_2021.pdf</t>
   </si>
   <si>
     <t>Implementar o Projeto Resgatando Cultura em todos os distritos do município de Mangaratiba – Lona Cultural Itinerante.</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10966/pl_121_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10966/pl_121_2021.pdf</t>
   </si>
   <si>
     <t>Estabelece parâmetros para criação de Centros de Referência da Juventude e dá outras providências.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituir o Programa que evita a multa e apreensão de mercadorias de vendedores ambulantes sem que haja aviso prévio para adequação e dá outras providências.</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11104/pl_129_2021_000033.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11104/pl_129_2021_000033.pdf</t>
   </si>
   <si>
     <t>Isenta do pagamento de taxa de inscrição em concurso público o cidadão que compuser mesa receptora de votos em seção eleitoral pela Justiça Eleitoral.</t>
   </si>
   <si>
     <t>10708</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf</t>
   </si>
   <si>
     <t>Institui a criação do Programa “A Escola vai à Câmara” e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -585,68 +585,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10411/ind_568.21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10631/indicacao_650_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10819/indicacao_691_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11117/indicacao_746_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10211/pl_70_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10352/pl_78_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10358/pl_88_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10428/pl_098.21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10615/pl_109_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10966/pl_121_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11104/pl_129_2021_000033.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10411/ind_568.21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10631/indicacao_650_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10819/indicacao_691_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11117/indicacao_746_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10211/pl_70_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10352/pl_78_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10358/pl_88_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10428/pl_098.21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10615/pl_109_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10966/pl_121_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11104/pl_129_2021_000033.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>