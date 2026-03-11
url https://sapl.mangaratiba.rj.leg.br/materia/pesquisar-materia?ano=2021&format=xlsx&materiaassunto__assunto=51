--- v0 (2025-12-16)
+++ v1 (2026-03-11)
@@ -54,2325 +54,2325 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer CFO</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10780/parecer_001_cfo_21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10780/parecer_001_cfo_21.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor, referente ao Ofício PRS/SSE/CGC 1150/2020 do TCE que encaminha o Parecer Prévio contrário às contas de Governo do Chefe do Poder Executivo do Exercício de 2019. (Processo TCE-RJ nº218.792-5/2020)</t>
   </si>
   <si>
     <t>9815</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9815/parecer_002_cfo_21_pl_15.21-rp_23.03.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9815/parecer_002_cfo_21_pl_15.21-rp_23.03.21.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Lei 015/2021 de autoria do Sr. Vereador Prof. Renato Fifiu que “Reconhece e declara a prática da atividade física e exercício físico como serviço essencial e dá outras providências”.</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10775/parecer_003_cotsp_21_msg_16.21_18.05.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10775/parecer_003_cotsp_21_msg_16.21_18.05.21.pdf</t>
   </si>
   <si>
     <t>Parecer 003/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Lei 021/2021 de autoria do Sr. Vereador Dr. Mair que “Autoriza o poder executivo a doar, do patrimônio público municipal macas e outros mobiliários hospitalares para pessoas portadoras de necessidades e dá outras providências”.</t>
   </si>
   <si>
     <t>9816</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9816/parecer_004_cfo_21_pl_11.21-hg_08.04.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9816/parecer_004_cfo_21_pl_11.21-hg_08.04.21.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Lei 011/2021 de autoria do Sr. Vereador Hugo Graçano que “Autoriza o Chefe do Poder Executivo Municipal a firmar convênio e consórcio público e dá outras providências”.</t>
   </si>
   <si>
     <t>9933</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9933/parecer_005_cfo_21_proc_tce-rj_parecer_favoravel_com_ressalvas_e_determinacoes_exercicio_2016_20.04.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9933/parecer_005_cfo_21_proc_tce-rj_parecer_favoravel_com_ressalvas_e_determinacoes_exercicio_2016_20.04.21.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Decreto Legislativo 002/2121 - Processo Administrativo 813/2020 da Câmara Municipal de Mangaratiba referente ao Ofício PRS/SSE/CGC 6862/2020 do TCE que encaminha o Parecer Prévio Favorável com Ressalva (s) e Determinação (ões) sobre a Prestação de Contas de Ordenador de Despesas e Tesoureiro do Exercício de 2016 (Processo TCE-RJ 209.607-0/17)</t>
   </si>
   <si>
     <t>9817</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9817/parecer_006_cfo_21_msg_12.21_20.04.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9817/parecer_006_cfo_21_msg_12.21_20.04.21.pdf</t>
   </si>
   <si>
     <t>Parecer 006/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 012/2021 de autoria do Chefe do Poder Executivo Municipal que Capeia o Projeto de Lei que "Cria de forma legal e regulamenta o "Lar Mariliza", abrigo público para acolhimento de crianças e adolescentes em situação de risco no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>9818</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9818/parecer_007_cfo_21_of._229.20_pmm__-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9818/parecer_007_cfo_21_of._229.20_pmm__-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 007/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício nº229/2020 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de novembro de 2020.</t>
   </si>
   <si>
     <t>9819</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9819/parecer_008_cfo_21_of._027.21_pmm__-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9819/parecer_008_cfo_21_of._027.21_pmm__-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 008/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 027/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de dezembro de 2020.</t>
   </si>
   <si>
     <t>9820</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/parecer_009_cfo_21_of._043.21_pmm__-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/parecer_009_cfo_21_of._043.21_pmm__-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 009/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 043/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de janeiro de 2021.</t>
   </si>
   <si>
     <t>9821</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9821/parecer_010_cfo_21_of._080.21_pmm__-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9821/parecer_010_cfo_21_of._080.21_pmm__-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 010/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 080/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de fevereiro de 2021.</t>
   </si>
   <si>
     <t>9822</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9822/parecer_011_cfo_21_of._836.21_sms_-_balancete_fms_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9822/parecer_011_cfo_21_of._836.21_sms_-_balancete_fms_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 011/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 836/2020 de autoria da Secretaria Municipal de Saúde que encaminha balancete do mês de outubro de 2020 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>9823</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9823/parecer_012_cfo_21_of._872.20_sms_-_balancete_fms_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9823/parecer_012_cfo_21_of._872.20_sms_-_balancete_fms_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 012/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 872/2020 de autoria da Secretaria Municipal de Saúde que encaminha balancete do mês de novembro de 2020 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>9824</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9824/parecer_013_cfo_21_of._096.21_sms_-_balancete_fms_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9824/parecer_013_cfo_21_of._096.21_sms_-_balancete_fms_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 013/2121 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 096/2021 de autoria da Secretaria Municipal de Saúde que encaminha balancete do mês de dezembro de 2020 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>9825</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9825/parecer_014_cfo_21_of._213.21_sms_-_balancete_fms_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9825/parecer_014_cfo_21_of._213.21_sms_-_balancete_fms_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 014/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 213/2021 de autoria da Secretaria Municipal de Saúde que encaminha balancete do mês de janeiro de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>9826</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9826/parecer_015_cfo_21_of._252.21_sms_-_balancete_fms_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9826/parecer_015_cfo_21_of._252.21_sms_-_balancete_fms_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 015/2201 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 252/2021 de autoria da Secretaria Municipal de Saúde que encaminha balancete do mês de fevereiro de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>9827</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9827/parecer_016_cfo_21_of._204.20_fmp_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9827/parecer_016_cfo_21_of._204.20_fmp_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 016/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 204/2020 de autoria da Fundação Mário Peixoto que encaminha Balancete do mês de novembro de 2020.</t>
   </si>
   <si>
     <t>9828</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9828/parecer_017_cfo_21_of._004.21_fmp_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9828/parecer_017_cfo_21_of._004.21_fmp_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 017/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 004/2021 de autoria da Fundação Mário Peixoto que encaminha Balancete do mês de dezembro de 2020.</t>
   </si>
   <si>
     <t>9829</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9829/parecer_018_cfo_21_of._043.21_fmp_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9829/parecer_018_cfo_21_of._043.21_fmp_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 018/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 043/2021 de autoria da Fundação Mário Peixoto que encaminha Balancete do mês de janeiro de 2021.</t>
   </si>
   <si>
     <t>9830</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9830/parecer_019_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9830/parecer_019_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 019/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 067/2021 de autoria da Fundação Mário Peixoto que encaminha Balancete do mês de fevereiro de 2021.</t>
   </si>
   <si>
     <t>9831</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9831/parecer_020_cfo_21_of._1193.20_smasdh_-_balancete_e_concilicao_ref._outubro_2020_20.04.20_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9831/parecer_020_cfo_21_of._1193.20_smasdh_-_balancete_e_concilicao_ref._outubro_2020_20.04.20_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 020/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 1193-SMASDH/2020 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de outubro de 2020.</t>
   </si>
   <si>
     <t>9832</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9832/parecer_021_cfo_21_of._391.21_smasdh_-_balancete_e_concilicao_ref._novembro_2020_20.04.20_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9832/parecer_021_cfo_21_of._391.21_smasdh_-_balancete_e_concilicao_ref._novembro_2020_20.04.20_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 021/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofícioº391-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de novembro de 2020.</t>
   </si>
   <si>
     <t>9833</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9833/parecer_022_cfo_21_of._39.21_smasdh_-_balancete_e_concilicao_ref._dezembro_2020_20.04.20_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9833/parecer_022_cfo_21_of._39.21_smasdh_-_balancete_e_concilicao_ref._dezembro_2020_20.04.20_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 022/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 39-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de dezembro de 2020.</t>
   </si>
   <si>
     <t>9834</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9834/parecer_023_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._janeiro_2021_20.04.20_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9834/parecer_023_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._janeiro_2021_20.04.20_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 023/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 392-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de janeiro de 2021.</t>
   </si>
   <si>
     <t>9835</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9835/parecer_024_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._fevereiro_2021_20.04.20_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9835/parecer_024_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._fevereiro_2021_20.04.20_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 024/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 392-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de fevereiro de 2021.</t>
   </si>
   <si>
     <t>9836</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9836/parecer_025_cfo_21_of._305.20_previ_-_balancete_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9836/parecer_025_cfo_21_of._305.20_previ_-_balancete_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 025/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 305/2020 de autoria da Previ – Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de outubro de 2020.</t>
   </si>
   <si>
     <t>9837</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9837/parecer_026_cfo_21_of._019.21_previ_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9837/parecer_026_cfo_21_of._019.21_previ_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 026/21 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 0019/2021 de autoria da Previ – Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de novembro de 2020.</t>
   </si>
   <si>
     <t>9838</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9838/parecer_027_cfo_21_of._046.21_previ_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9838/parecer_027_cfo_21_of._046.21_previ_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 027/21 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 0046/2021 de autoria da Previ – Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de dezembro de 2020.</t>
   </si>
   <si>
     <t>9839</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9839/parecer_028_cfo_21_of._065.21_previ_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9839/parecer_028_cfo_21_of._065.21_previ_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 028/2021 da Comissão de Finanças e Orçamento e Defesa do Consumidor favorável ao Ofício 065/2021 de autoria da Previ – Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de janeiro de 2021.</t>
   </si>
   <si>
     <t>9840</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9840/parecer_029_cfo_20_cmm_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9840/parecer_029_cfo_20_cmm_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 029/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de novembro de 2020 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>9841</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9841/parecer_030_cfo_21_pres_01.21-hg_20.04.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9841/parecer_030_cfo_21_pres_01.21-hg_20.04.21.pdf</t>
   </si>
   <si>
     <t>Parecer 030/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Resolução 001/2021, que "Dispõe sobre a criação da Comissão Permanente de Ciência, Tecnologia, Inovação e Empreendedorismo e dá outras providências".</t>
   </si>
   <si>
     <t>9842</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9842/parecer_031_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9842/parecer_031_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo 003/2021 com este Parecer 031/2021 da CFO - Processo Administrativo nº286/2021 da Câmara Municipal de Mangaratiba referente ao Ofício PRS/SSE/CGC 4375/2021 do TCE que encaminha o Parecer Prévio Favorável com Ressalva (S) E Determinação (ões) sobre a Prestação de Contas de Ordenador de Despesas e Tesoureiro do Exercício de 2012 (Processo TCE-RJ 219.568-2/13)</t>
   </si>
   <si>
     <t>9843</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9843/parecer_032_cfo_21_msg_16.21_18.05.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9843/parecer_032_cfo_21_msg_16.21_18.05.21.pdf</t>
   </si>
   <si>
     <t>Parecer 032/2021 da Comissão Finanças e Orçamento favorável a Mensagem 016/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Altera a Lei 574 de 22 de junho de 2007, que dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Conselho do FUNDEB".</t>
   </si>
   <si>
     <t>9844</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9844/parecer_033_cfo_21_of._104.21_pmm__-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9844/parecer_033_cfo_21_of._104.21_pmm__-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 033/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 104/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de março de 2021.</t>
   </si>
   <si>
     <t>9845</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9845/parecer_034_cfo_21_of._468.21_smasdh_-_balancete_e_concilicao_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9845/parecer_034_cfo_21_of._468.21_smasdh_-_balancete_e_concilicao_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 034/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 468-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de março de 2021.</t>
   </si>
   <si>
     <t>9846</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9846/parecer_035_cfo_21_of._098.21_fmp_-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9846/parecer_035_cfo_21_of._098.21_fmp_-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 035/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 098/2021 de autoria da Fundação Mário Peixoto que encaminha Balancete do mês de março de 2021.</t>
   </si>
   <si>
     <t>9847</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9847/parecer_036_cfo_21_cmm_balancete_ref._dezembro_2020_18.05.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9847/parecer_036_cfo_21_cmm_balancete_ref._dezembro_2020_18.05.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 036/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de dezembro de 2020 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>9848</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9848/parecer_037_cfo_21_cmm_balancete_ref._janeiro_2021_18.05.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9848/parecer_037_cfo_21_cmm_balancete_ref._janeiro_2021_18.05.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 037/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de janeiro de 2021 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>9849</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9849/parecer_038_cfo_21_cmm_balancete_ref._fevereiro_2021_18.05.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9849/parecer_038_cfo_21_cmm_balancete_ref._fevereiro_2021_18.05.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 038/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de fevereiro de 2021 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>9850</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9850/parecer_039_cfo_21_pl_14.21-lp_18.05.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9850/parecer_039_cfo_21_pl_14.21-lp_18.05.21.pdf</t>
   </si>
   <si>
     <t>Parecer 039/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 014/2021 de autoria do Sr. Vereador Leandro de Paula que “Autoriza a criação de uma sala de descompressão, para ser utilizada pelos profissionais da enfermagem nas unidades de saúde do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>9851</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9851/parecer_040_cfo_21_pl_16.21-rn_18.05.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9851/parecer_040_cfo_21_pl_16.21-rn_18.05.21.pdf</t>
   </si>
   <si>
     <t>Parecer 040/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 016/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre a implantação de eco ponto para coleta de lacres de lata e tampas plásticas nos órgãos de administração pública no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>9932</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9932/parecer_041_cfo_21_msg_14.21_20.05.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9932/parecer_041_cfo_21_msg_14.21_20.05.21.pdf</t>
   </si>
   <si>
     <t>Parecer 041/2021 da Comissão Finanças e Orçamento favorável a Mensagem 014/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Cria a Corregedoria e a Ouvidoria da Guarda Municipal de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>9852</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9852/parecer_042_cfo_21_of._116.21_pmm__-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9852/parecer_042_cfo_21_of._116.21_pmm__-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 042/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 116/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o balancete do mês de abril de 2021.</t>
   </si>
   <si>
     <t>9853</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9853/parecer_043_cfo_21_of._113.21_fmp_-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9853/parecer_043_cfo_21_of._113.21_fmp_-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 043/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 113/2021 de autoria da Fundação Mário Peixoto que encaminha balancete do mês de abril de 2021.</t>
   </si>
   <si>
     <t>9854</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9854/parecer_044_cfo_21_pl_02.21-hg_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9854/parecer_044_cfo_21_pl_02.21-hg_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 044/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 002/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre Instituir o Programa Professor E-Digital em ambientes e plataformas online nas escolas de ensino fundamental e médio do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>9855</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9855/parecer_045_cfo_21_pl_08.21-lp_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9855/parecer_045_cfo_21_pl_08.21-lp_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 045/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 008/2021 de autoria do Sr. Vereador Leandro de Paula que “Institui, no âmbito do Município de Mangaratiba, o “Dia do Profissional de Segurança Privada, do Vigilante e do Vigia Patrimonial” e dá outras providências”.</t>
   </si>
   <si>
     <t>9856</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9856/parecer_046_cfo_21_pl_10.21-rp_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9856/parecer_046_cfo_21_pl_10.21-rp_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 046/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 010/2021 de autoria do Sr. Vereador Prof. Renato Fifiu que “Institui no Calendário Oficial de Eventos do Município de Mangaratiba a “Semana da Mulher” e dá outras providências”.</t>
   </si>
   <si>
     <t>9857</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9857/parecer_047_cfo_21_pl_13.21-cc_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9857/parecer_047_cfo_21_pl_13.21-cc_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 047/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 013/2021 de autoria da Sra. Vereadora Cecília Cabral que “Dispõe sobre a doação do alimento escolar municipal para os alunos das famílias de baixa renda”.</t>
   </si>
   <si>
     <t>9858</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/parecer_048_cfo_21_pl_20.21-lp_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/parecer_048_cfo_21_pl_20.21-lp_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 048/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 020/2021 de autoria do Sr. Vereador Leandro de Paula que “Autoriza a criação do Programa “Melhor Idade Saudável” e dá outras providências”.</t>
   </si>
   <si>
     <t>9859</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9859/parecer_049_ccj_21_pl_34.21-hg_25.05.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9859/parecer_049_ccj_21_pl_34.21-hg_25.05.21.pdf</t>
   </si>
   <si>
     <t>Parecer 049/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 022/2021 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a cassação do alvará de funcionamento de empresas e postos estabelecidos no município que revenderem combustíveis adulterados e dá outras providências”.</t>
   </si>
   <si>
     <t>9860</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9860/parecer_050_cfo_21_pl_24.21-mb_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9860/parecer_050_cfo_21_pl_24.21-mb_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 050/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei0º24/2021 de autoria do Sr. Vereador Dr. Mair que “Cria a data comemorativa do dia do Sargento r/2 das Forças Armadas, no âmbito do Município de Mangaratiba-RJ, estabelecendo o dia 05 de novembro de cada ano”.</t>
   </si>
   <si>
     <t>9861</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9861/parecer_051_cfo_21_pl_28.21-rp_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9861/parecer_051_cfo_21_pl_28.21-rp_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 051/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 028/2021 de autoria do Sr. Vereador Prof. Renato Fifiu que “Institui o Prêmio Atleta do ano no âmbito do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>9862</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9862/parecer_052_cfo_21_pl_29.21-ap_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9862/parecer_052_cfo_21_pl_29.21-ap_01.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 052/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 029/2021 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a obrigatoriedade de instalação de recipientes contendo álcool gel antisséptico ou produtos similares no interior dos transportes públicos coletivos, nas dependências de rodoviárias, pontos de taxi, terminais marítimos, no âmbito do município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>9863</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9863/parecer_053_cfo_21_pl_30.21-js_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9863/parecer_053_cfo_21_pl_30.21-js_01.06.21.pdf</t>
   </si>
   <si>
     <t>Votação do Parecer 053/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 030/2021 de autoria do Sr. Vereador Josué Té que “Institui o Dia Municipal do Trabalhador da Construção Civil e dá outras providências”.</t>
   </si>
   <si>
     <t>9864</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9864/parecer_054_cfo_21_pl_33.21-hg_01.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9864/parecer_054_cfo_21_pl_33.21-hg_01.06.21.pdf</t>
   </si>
   <si>
     <t>Votação do Parecer 054/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 033/2021 de autoria do Sr. Vereador Hugo Graçano que “Autoriza criação no âmbito da Secretaria Municipal de Educação, o curso preparatório para concursos públicos e dá outras providências”.</t>
   </si>
   <si>
     <t>9865</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9865/parecer_055_cfo_21_msg_015.21_-_mdir_08.06.21_plom.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9865/parecer_055_cfo_21_msg_015.21_-_mdir_08.06.21_plom.pdf</t>
   </si>
   <si>
     <t>Parecer 055/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 015/2021 de autoria do Chefe do Poder Executivo Municipal que capeia a Proposta de Emenda à Lei Orgânica do Município de Mangaratiba que “Altera a redação do § 3º do art. 19 da Lei Orgânica Municipal e acrescenta o § § 4º e 5º, renumerando o atual parágrafo 4º para 6º".</t>
   </si>
   <si>
     <t>9866</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9866/parecer_056_cfo_21_pres_03.21-mdir_08.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9866/parecer_056_cfo_21_pres_03.21-mdir_08.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 056/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Resolução 003/2021 de autoria da Mesa Diretora que “Concede auxílio alimentação aos servidores comissionados da Câmara Municipal de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>9867</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9867/parecer_057_cfo_21_msg_21.21_15.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9867/parecer_057_cfo_21_msg_21.21_15.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 057/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 021/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre a prorrogação do prazo previsto na Lei nº1334, de 29 de janeiro de 2021 – Programa de Recuperação Fiscal do Município de Mangaratiba –REFIS”.</t>
   </si>
   <si>
     <t>9923</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9923/parecer_58_da_cfo_balancete_marco_2021_da_camara.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9923/parecer_58_da_cfo_balancete_marco_2021_da_camara.pdf</t>
   </si>
   <si>
     <t>Votação do Parecer 058/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de março de 2021 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>9924</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9924/parecer_59_da_cfo_balancete_abril_2021_da_camara.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9924/parecer_59_da_cfo_balancete_abril_2021_da_camara.pdf</t>
   </si>
   <si>
     <t>Votação do Parecer 059/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de abril de 2021 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>9925</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9925/parecer_60_da_cfo_balancete_maio_2021_da_fundacao.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9925/parecer_60_da_cfo_balancete_maio_2021_da_fundacao.pdf</t>
   </si>
   <si>
     <t>Votação do Parecer 060/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 138/2021 de autoria da Fundação Mário Peixoto que encaminha Balancete do mês de maio de 2021.</t>
   </si>
   <si>
     <t>10047</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10047/parecer_cfo_61_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10047/parecer_cfo_61_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 061/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 020/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Altera a Lei nº28, de 30 de dezembro de 1994, e estabelece outras providências”.</t>
   </si>
   <si>
     <t>10048</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10048/parecer_cfo_62_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10048/parecer_cfo_62_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 062/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 031/2021 de autoria do Sr. Vereador Juninho que “Institui a liberação do espaço público para alocação de expositores literários e dá outras providências”.</t>
   </si>
   <si>
     <t>10049</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10049/parecer_cfo_63_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10049/parecer_cfo_63_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 063/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 038/2021 de autoria dos Srs. Vereadores Alessandro Portugal e Nilton Santiago que “Dispõe sobre a instalação de barreiras de contenção de resíduos, manutenção, coleta e controle de descarte de poluentes em rios, cachoeiras e seus afluentes em todo o território municipal”.</t>
   </si>
   <si>
     <t>10050</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10050/parecer_cfo_64_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10050/parecer_cfo_64_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 064/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 039/2021 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a instituição do Dia do Marinheiro Mercante no Calendário Municipal”.</t>
   </si>
   <si>
     <t>10051</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10051/parecer_cfo_65_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10051/parecer_cfo_65_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 065/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 040/2021 de autoria dos Srs. Vereadores Prof. Renato Fifiu e João Felippe que “Institui no Calendário Oficial de Eventos do Município de Mangaratiba o “Dia do Futevôlei” e dá outras providências”.</t>
   </si>
   <si>
     <t>10052</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10052/parecer_066_cfo_21_pl_044.21-rfecc_22.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10052/parecer_066_cfo_21_pl_044.21-rfecc_22.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 066/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 044/2021 de autoria dos Srs. Vereadores Prof. Renato Fifiu e Cecília Cabral que Institui no Calendário Oficial de Eventos do município de Mangaratiba o Dia Municipal do Pedagogo, na forma que indica”.</t>
   </si>
   <si>
     <t>10101</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10101/parecer_67_da_ccj_msg_26_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10101/parecer_67_da_ccj_msg_26_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 067/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 046/2021 de autoria do Sr. Vereador Dr. Mair que “Torna obrigatório que as concessionárias de serviços públicos de água, gás e energia elétrica a opção de pagamento, via débito ou crédito, no momento da suspenção do serviço, e dá outras providências”.</t>
   </si>
   <si>
     <t>10053</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10053/parecer_cfo_68_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10053/parecer_cfo_68_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 68/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 47/2021 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a criação da Unidade de Conservação de Proteção Integral: Parque Natural Municipal Ilha Verde, também denominado Ilha Verde”.</t>
   </si>
   <si>
     <t>9935</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9935/parecer_069_cfo_21_pres_05.21-mdir_24.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9935/parecer_069_cfo_21_pres_05.21-mdir_24.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 069/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Resolução 005/2021 de autoria da Mesa Diretora.</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10054/parecer_070_cfo_21_pl_12.21-lp_29.06.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10054/parecer_070_cfo_21_pl_12.21-lp_29.06.21.pdf</t>
   </si>
   <si>
     <t>Parecer 070/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 012/2021 de autoria do Sr. Vereador Leandro de Paula que “Institui, no âmbito do Município de Mangaratiba, o “Dia do Técnico de Enfermagem e do Auxiliar de Enfermagem”.</t>
   </si>
   <si>
     <t>10573</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10573/parecer_071_cfo_21_msg_026.21_20.07.21_com_emenda_modificativa_01.21e_emenda_aditiva_01.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10573/parecer_071_cfo_21_msg_026.21_20.07.21_com_emenda_modificativa_01.21e_emenda_aditiva_01.21.pdf</t>
   </si>
   <si>
     <t>Parecer 071/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 026/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Altera a Lei 28, de 30 de dezembro de 1994, e estabelece outras providências".</t>
   </si>
   <si>
     <t>10057</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10057/parecer_72_21_cfo_msg_25_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10057/parecer_72_21_cfo_msg_25_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 072/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 025/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>10058</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10058/parecer_73_21_cfo_balancete_pmm_maio_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10058/parecer_73_21_cfo_balancete_pmm_maio_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 073/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 136/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de maio de 2021.</t>
   </si>
   <si>
     <t>10059</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10059/parecer_74_21_cfo_balancete_smasdh_abril_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10059/parecer_74_21_cfo_balancete_smasdh_abril_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 074/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 549 – SMASDH/2021 da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de abril de 2021.</t>
   </si>
   <si>
     <t>10060</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10060/parecer_75_21_cfo_balancete_smasdh_maio_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10060/parecer_75_21_cfo_balancete_smasdh_maio_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 075/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 610 – SMASDH/2021 da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha balancete Financeiro e a Conciliação Bancária do mês de maio de 2021.</t>
   </si>
   <si>
     <t>10061</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10061/parecer_76_21_cfo_balancete_saude_maio_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10061/parecer_76_21_cfo_balancete_saude_maio_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 076/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 403/2021 de autoria da Secretaria Municipal de Saúde que encaminha o Balancete do mês de maio de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>10062</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10062/parecer_77_21_cfo_balancete_previ_fevereiro_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10062/parecer_77_21_cfo_balancete_previ_fevereiro_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 077/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 152/2021 de autoria do Previ-Mangaratiba que encaminha o Balancete do mês de fevereiro de 2021.</t>
   </si>
   <si>
     <t>10063</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10063/parecer_78_21_cfo_balancete_previ_marco_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10063/parecer_78_21_cfo_balancete_previ_marco_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 078/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 153/2021 de autoria do Previ-Mangaratiba que encaminha o Balancete do mês de março de 2021.</t>
   </si>
   <si>
     <t>10064</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10064/parecer_79_21_cfo_balancete_cmm_outubro_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10064/parecer_79_21_cfo_balancete_cmm_outubro_2020.pdf</t>
   </si>
   <si>
     <t>Parecer 079/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao balancete do mês de outubro de 2020 da Câmara Municipal de Mangaratiba</t>
   </si>
   <si>
     <t>10065</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10065/parecer_80_21_cfo_balancete_cmm_maio_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10065/parecer_80_21_cfo_balancete_cmm_maio_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 080/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao balancete do mês de maio de 2021 da Câmara Municipal de Mangaratiba,</t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10066/parecer_81_21_cfo_pl_08_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10066/parecer_81_21_cfo_pl_08_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 081/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 006/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre a criação e o funcionamento do canil/gatil Municipal de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10067/parecer_82_21_cfo_pl_09_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10067/parecer_82_21_cfo_pl_09_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 082/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 009/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre a criação de uma clínica pediátrica em Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10068</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10068/parecer_83_21_cfo_pl_17_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10068/parecer_83_21_cfo_pl_17_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 083/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 017/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre a criação de um centro clínico veterinário e serviços de atendimento médico veterinário público no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10069/parecer_84_21_cfo_pl_19_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10069/parecer_84_21_cfo_pl_19_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 084/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 019/2021 de autoria do Sr. Vereador Rômulo Carcará que “Institui a campanha dezembro verde no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10070/parecer_85_21_cfo_pl_27_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10070/parecer_85_21_cfo_pl_27_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 085/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 027/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre a autorização da implantação de bebedouros e comedouros para cães e gatos nas praças e áreas de lazer do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10071/parecer_86_21_cfo_pl_32_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10071/parecer_86_21_cfo_pl_32_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 086/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 032/2021 de autoria do Sr. Vereador Leandro de Paula que “Dispõe sobre a instalação de pontos de recarga elétrica para veículos elétricos ou híbridos nos novos empreendimentos imobiliários residenciais, comerciais e mistos no âmbito do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10072/parecer_87_21_cfo_pl_34_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10072/parecer_87_21_cfo_pl_34_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 087/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 034/2021 de autoria do Sr. Vereador Hugo Graçano que “Determina que os serviços de entrega de materiais, condimentos alimentícios e demais produtos adquiridos pelo Poder Público, tenham registro fotográfico na entrega e dá outras providências”.</t>
   </si>
   <si>
     <t>10073</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10073/parecer_88_21_cfo_pl_36_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10073/parecer_88_21_cfo_pl_36_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 088/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 036/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobe a prestação de serviços de psicologia e de assistência social nas escolas municipais de educação básica”.</t>
   </si>
   <si>
     <t>10074</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10074/parecer_089_cfo_21_pl_43.21-jj_05.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10074/parecer_089_cfo_21_pl_43.21-jj_05.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 089/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 043/2021 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza, a criação do Grupamento de Apoio ao Turista, no âmbito municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>10194</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10194/parecer_091_cfo_21_of._345.21_sms_-_balancete_fms_ref._abril_21_17.08.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10194/parecer_091_cfo_21_of._345.21_sms_-_balancete_fms_ref._abril_21_17.08.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 091/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 345/2021 de autoria da Secretaria Municipal de Saúde que encaminha o Balancete do mês de abril de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>10321</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10321/parecer_92_da_cfo_favoravel_msg_18_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10321/parecer_92_da_cfo_favoravel_msg_18_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 092/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 018/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que “Cria o Conselho Municipal de Promoção da Igualdade Racial – COMPIR e o Fundo de Promoção da Igualdade Racial do Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10322</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10322/parecer_93_da_cfo_favoravel_balancete_pmm_junho_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10322/parecer_93_da_cfo_favoravel_balancete_pmm_junho_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 093/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 158/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de junho de 2021.</t>
   </si>
   <si>
     <t>10323</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10323/parecer_94_da_cfo_favoravel_balancete_saude_junho_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10323/parecer_94_da_cfo_favoravel_balancete_saude_junho_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 094/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 465/2021 de autoria da Secretaria Municipal de Saúde que encaminha o Balancete do mês de junho de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>10324</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10324/parecer_95_da_cfo_favoravel_balancete_fundacao_junho_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10324/parecer_95_da_cfo_favoravel_balancete_fundacao_junho_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 095/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 180/2021 de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de junho de 2021.</t>
   </si>
   <si>
     <t>10325</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10325/parecer_96_da_cfo_favoravel_balancete_previ_abril_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10325/parecer_96_da_cfo_favoravel_balancete_previ_abril_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 096/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 0216/2021 de autoria da Previ-Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de abril de 2021.</t>
   </si>
   <si>
     <t>10326</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10326/parecer_97_da_cfo_favoravel_balancete_previ_maio_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10326/parecer_97_da_cfo_favoravel_balancete_previ_maio_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 097/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 217/2021 de autoria da Previ-Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de maio de 2021.</t>
   </si>
   <si>
     <t>10327</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10327/parecer_098_cfo_21_of._218.21_previ_-_balancete_ref._junho_2021_24.08.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10327/parecer_098_cfo_21_of._218.21_previ_-_balancete_ref._junho_2021_24.08.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 098/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 218/2021 de autoria da Previ-Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de junho de 2021.</t>
   </si>
   <si>
     <t>10328</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10328/parecer_099_cfo_21_msg_022.21_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10328/parecer_099_cfo_21_msg_022.21_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 099/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 022/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Que regulamenta o artigo 332 da Lei Orgânica do município de Mangaratiba, que trata do ingresso de veículos de fretamento turístico no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10329</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10329/parecer_100_cfo_21_pl_71.21-dc_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10329/parecer_100_cfo_21_pl_71.21-dc_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 100/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Lei 071/2021 de autoria do Sr. Vereador Dori Costa que “Propõe alterações na Lei Municipal nº1209/2019 (Código de Meio Ambiente do município de Mangaratiba) e dá outras providências”.</t>
   </si>
   <si>
     <t>10473</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10473/parecer_101_cfo_21_msg_023.21_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10473/parecer_101_cfo_21_msg_023.21_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 101/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 023/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Cria e regulamenta o Centro de Referência Especializado de Atendimento a Mulher - CREAM, no Município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10474</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10474/parecer_102_cfo_21_msg_029.21_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10474/parecer_102_cfo_21_msg_029.21_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 102/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 029/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Estabelece a abertura do registro do Quilombo da Ilha da Marambaia no município de Mangaratiba como bem cultural de natureza imaterial e dá outras providências".</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10475/parecer_103_cfo_21_pl_050.21-lp_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10475/parecer_103_cfo_21_pl_050.21-lp_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 103/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 050/2021 de autoria do Sr. Vereador Leandro de Paula que “Autoriza a Criação do Programa Municipal de Prevenção, Controle e Orientação da Osteoporose e dá outras providências”.</t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10476/parecer_104_cfo_21_pl_058.21-lp_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10476/parecer_104_cfo_21_pl_058.21-lp_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 104/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 058/2021 de autoria do Sr. Vereador Leandro de Paula que “Dispõe sobre a obrigatoriedade das farmácias do município de Mangaratiba disponibilizarem urnas receptoras para coletas de medicamentos, insumos farmacêuticos, cosméticos e outros com prazo de validade expirado ou apresentando alterações em suas propriedades originais e dá outras providências”.</t>
   </si>
   <si>
     <t>10477</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10477/parecer_105_cfo_21_pl_064.21-nselp_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10477/parecer_105_cfo_21_pl_064.21-nselp_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 105/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 064/2021 de autoria dos Senhores Vereadores Nilton Santiago e Leandro de Paula que “Institui o Dia Municipal de Segurança Pública para a Guarda Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10478/parecer_106_cfo_21_pl_065.21-rn_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10478/parecer_106_cfo_21_pl_065.21-rn_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 106/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 065/2021 de autoria do Senhor Vereador Rômulo Carcará que “Dispõe no âmbito no município de Mangaratiba sobre a proibição e punição de quem mantém animais domésticos acorrentados e em espaços confinados e dá outras providências”.</t>
   </si>
   <si>
     <t>10479</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10479/parecer_107_cfo_21_pl_066.21-ns_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10479/parecer_107_cfo_21_pl_066.21-ns_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 107/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 066/2021 de autoria do Senhor Vereador Nilton Santiago que “Autoriza ao Poder Público Municipal a instaurar o programa de conhecimento básico e prestação de primeiros socorros aos professores e funcionários responsáveis pelas crianças e adolescentes da rede pública de ensino e dá outras providências”.</t>
   </si>
   <si>
     <t>10480</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10480/parecer_108_cfo_21_pl_069.21-rp_26.08.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10480/parecer_108_cfo_21_pl_069.21-rp_26.08.21.pdf</t>
   </si>
   <si>
     <t>Parecer 108/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 069/2021 de autoria do Sr. Vereador Prof. Renato Fifiu que “Cria o Programa Caminhos do Patrimônio utilizando o sistema QR CODE e dá outras providências”.</t>
   </si>
   <si>
     <t>10506</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10506/parecer_109_cfo_21_msg_27_21_02.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10506/parecer_109_cfo_21_msg_27_21_02.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 109/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 027/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que "Dispõe sobre a transação nas hipóteses que especifica o Art. 324 do Código Tributário Municipal, e dá outras providências".</t>
   </si>
   <si>
     <t>10507</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10507/parecer_110_cfo_21_msg_30_21_02.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10507/parecer_110_cfo_21_msg_30_21_02.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 110/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 030/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar que "Cria o Fundo Municipal de Transportes - FMT, e dá outras providências".</t>
   </si>
   <si>
     <t>10508</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10508/parecer_111_cfo_21_pl_54_21_02.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10508/parecer_111_cfo_21_pl_54_21_02.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 111/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 054/2021 de autoria do Sr. Vereador Rômulo Carcará que “Regulamenta a construção de casas populares e a doação de lotes para famílias de baixa renda e dá outras providências”.</t>
   </si>
   <si>
     <t>10518</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10518/parecer_112_cfo_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10518/parecer_112_cfo_2021.pdf</t>
   </si>
   <si>
     <t>Parecer 112/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 057/2021 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza, a criação do ‘Mangaratiba Food Park’, no âmbito municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>10519</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10519/parecer_113_cfo_21_pl_60_21_02.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10519/parecer_113_cfo_21_pl_60_21_02.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 113/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 060/2021 de autoria dos Srs. Vereadores Nilton Santiago e João Felippe que “Dispõe acerca de orientação e sinalização por placas em áreas de risco nas cachoeiras do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>10520</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10520/parecer_114_cfo_21_pl_67_21_02.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10520/parecer_114_cfo_21_pl_67_21_02.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 114/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 067/2021 de autoria do Senhor Vereador Dori Costa que “Dispõe sobre as infrações administrativas e sanções derivadas de condutas atentatórias que extrapolem meros aborrecimentos a profissionais da Educação no exercício ou em razão de sua função”.</t>
   </si>
   <si>
     <t>10521</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10521/parecer_115_cfo_21_pl_76_21_02.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10521/parecer_115_cfo_21_pl_76_21_02.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 115/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 076/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre o Mapa do Empreendedor Informal no município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>10522</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10522/parecer_116_cfo_21_pl_35_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10522/parecer_116_cfo_21_pl_35_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 116/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 035/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre incentivo a doação de sangue no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>10523</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10523/parecer_117_cfo_21_pl_45_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10523/parecer_117_cfo_21_pl_45_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 117/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 045/2021 de autoria do Sr. Vereador Dr. Mair que “Autoriza o Poder Executivo a conceder isenção de multas, juros e descontos incidentes sobre débitos de alvarás e licenças a ambulantes e comerciantes em período pandêmico e dá outras providências”.</t>
   </si>
   <si>
     <t>10524</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10524/parecer_118_cfo_21_pl_75_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10524/parecer_118_cfo_21_pl_75_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 118/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 075/2021 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a criação, no âmbito das escolas desse município que atendam o Ensino Fundamental, do programa chamado Caça Talentos”.</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10525/parecer_119_cfo_21_pl_77_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10525/parecer_119_cfo_21_pl_77_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 119/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 077/2021 de autoria do Srs. Vereadores Leandro de Paula e Nilton Santiago que “Institui no âmbito municipal a "Honraria Policial Destaque do ano" e dá outras providências”.</t>
   </si>
   <si>
     <t>10526</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10526/parecer_120_cfo_21_pl_82_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10526/parecer_120_cfo_21_pl_82_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 120/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 082/2021 de autoria do Sr. Vereador Leandro de Paula que “Institui no âmbito do município de Mangaratiba, o “Dia Municipal do Advogado” e dá outras providências”.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10527/parecer_121_cfo_21_balancete_pmm_julho_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10527/parecer_121_cfo_21_balancete_pmm_julho_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>· Parecer 121/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 175/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de julho de 2021.</t>
   </si>
   <si>
     <t>10528</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10528/parecer_122_cfo_21_balancete_saude__julho_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10528/parecer_122_cfo_21_balancete_saude__julho_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 122/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 524/2021 de autoria da Secretaria Municipal de Saúde que encaminha o Balancete do mês de julho de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>10529</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10529/parecer_123_cfo_21_balancete_acao_social_julho_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10529/parecer_123_cfo_21_balancete_acao_social_julho_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>· Parecer 123/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 835-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha o Balancete do mês de junho de 2021.</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10530/parecer_124_cfo_21_balancete_fmp_julho_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10530/parecer_124_cfo_21_balancete_fmp_julho_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 124/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 220/2021 de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de julho de 2021.</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10531/parecer_125_cfo_21_balancete_cmm_junho_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10531/parecer_125_cfo_21_balancete_cmm_junho_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 125/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete da Câmara Municipal de Mangaratiba referente ao mês de junho de 2021.</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10532/parecer_126_cfo_21_balancete_cmm_julho_21_16.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10532/parecer_126_cfo_21_balancete_cmm_julho_21_16.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 126/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete da Câmara Municipal de Mangaratiba referente ao mês de julho de 2021.</t>
   </si>
   <si>
     <t>10571</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10571/parecer_127_cfo_21_msg_34_21_23.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10571/parecer_127_cfo_21_msg_34_21_23.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 127/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 034/2021 de autoria do Chefe do Poder Executivo Municipal que “Dispõe sobre a prorrogação do prazo previsto na Lei 1.347/2021 – Programa de Recuperação Fiscal do Município de Mangaratiba – REFIS”.</t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10694/parecer_128_cfo_21_pl_051.21-_rpedc_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10694/parecer_128_cfo_21_pl_051.21-_rpedc_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 128/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 055/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre a vedação a nomeação pela Administração Pública direta e indireta do Município de Mangaratiba de condenados pela Lei Federal 11.340, de 07 de agosto de 2.006 – Lei Maria da Penha, e dá outras providências”.</t>
   </si>
   <si>
     <t>11011</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11011/cfo129-21_033176.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11011/cfo129-21_033176.pdf</t>
   </si>
   <si>
     <t>Parecer 129/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 056/2021 de autoria do Sr. Vereador Nilton Santiago que “Autoriza o pagamento de indenização em caso de morte ou de incapacidade permanente para o trabalho, total ou parcial, de integrante da Guarda Municipal de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11012</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11012/parecer_130_cfo_21_pl_070.21-dc_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11012/parecer_130_cfo_21_pl_070.21-dc_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 130/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 070/2021 de autoria do Sr. Vereador Dori Costa que “Institui no município de Mangaratiba o Programa de Cooperação e Código Sinal Vermelho, como forma de pedido de socorro e ajuda para mulheres em situação de violência doméstica ou familiar, medida de combate e prevenção à violência doméstica, conforme a Lei Federal 11.340, de 07 de agosto de 2006”.</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11013/parecer_131_cfo_21_pl_061.21-wp_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11013/parecer_131_cfo_21_pl_061.21-wp_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 131/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 061/2021 de autoria do Sr. Vereador Wlad da Pesca que “Institui o Dia Municipal de Conscientização sobre o Lúpus e dispõe sobre a Política Municipal de Conscientização e Orientação sobre o Lúpus Eritematoso Sistêmico (LES) e o Lúpus Eritematoso Discoide (LED)”.</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11014/parecer_132_cfo_21_pl_068.21-wp_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11014/parecer_132_cfo_21_pl_068.21-wp_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 132/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 068/2021 de autoria do Sr. Vereador Wlad da Pesca que “Autoriza a abertura de frente de trabalho, celebração de convênios, contratos e parcerias em época de defeso e dá outras providências”.</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10808/parecer_133_cfo_21_bal_fmp_ago_21_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10808/parecer_133_cfo_21_bal_fmp_ago_21_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 133/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 263/2021 de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de agosto de 2021”.</t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10809/parecer_134_cfo_21_bal_pmm_ago_21_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10809/parecer_134_cfo_21_bal_pmm_ago_21_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 134/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 206/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de agosto de 2021”.</t>
   </si>
   <si>
     <t>10810</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10810/parecer_135_cfo_21_bal_assistencia_ago_21_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10810/parecer_135_cfo_21_bal_assistencia_ago_21_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 135/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 1032-SMASDH/2021 de autoria Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha o Balancete financeiro e a conciliação bancária do mês de agosto de 2021”.</t>
   </si>
   <si>
     <t>10811</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10811/parecer_136_cfo_21_bal_cmm_ago_21_30.09.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10811/parecer_136_cfo_21_bal_cmm_ago_21_30.09.21.pdf</t>
   </si>
   <si>
     <t>Parecer 136/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete da Câmara Municipal de Mangaratiba referente ao mês de agosto de 2021”.</t>
   </si>
   <si>
     <t>10763</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10763/parecer_137_cfo_21_plom_002.21-varios_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10763/parecer_137_cfo_21_plom_002.21-varios_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 137/2021 da Comissão de Finanças e Orçamento favorável a Proposta de Emenda à Lei Orgânica 002/2021 que Inclui o inciso XXVIII ao artigo 34 da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>10765</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10765/cfo_138-21_033177.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10765/cfo_138-21_033177.pdf</t>
   </si>
   <si>
     <t>Parecer 138/2021 da Comissão de Finanças e Orçamento favorável ao Projeto de Resolução 012/21 de autoria dos Ver. Hugo Graçano, Prof. Renato Fifiu e Cecília Cabral Cria a Escola do legislativo Mangaratiba, no âmbito da Câmara Municipal de Mangaratiba, e dá outras providências.</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11015/parecer_139_cfo_21_bal_smasdh_07.21_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11015/parecer_139_cfo_21_bal_smasdh_07.21_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 139/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 914-SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha o Balancete Financeiro e a Conciliação Bancária do mês de julho de 2021.</t>
   </si>
   <si>
     <t>11016</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11016/parecer_140_cfo_21_bal_previ_07.21_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11016/parecer_140_cfo_21_bal_previ_07.21_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 140/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 283/2021 de autoria da Previ – Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de julho de 2021.</t>
   </si>
   <si>
     <t>11017</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11017/parecer_141_cfo_21_bal_previ_08.21_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11017/parecer_141_cfo_21_bal_previ_08.21_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 141/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 284/2021 de autoria da Previ – Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de agosto de 2021.</t>
   </si>
   <si>
     <t>11018</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11018/parecer_142_cfo_21_pl_083.21-hg_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11018/parecer_142_cfo_21_pl_083.21-hg_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 142/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 083/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre normas para a implantação e compartilhamento de infraestrutura de suporte e de telecomunicações”.</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11019/parecer_143_cfo_21_pl_084.21-ap_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11019/parecer_143_cfo_21_pl_084.21-ap_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 143/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 084/2021 de autoria do Sr. Vereador Alessandro Portugal que “Dispões sobre a criação de cemitério para animais domésticos no Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11020/parecer_144_cfo_21_pl_089.21-rn_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11020/parecer_144_cfo_21_pl_089.21-rn_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 144/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 089/2021 de autoria do Sr. Vereador Rômulo Carcará que “Dispõe sobre a distribuição de produtos de higiene feminina no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11021/parecer_145_cfo_21_pl_090.21-rn_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11021/parecer_145_cfo_21_pl_090.21-rn_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 145/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 090/2021 de autoria do Sr. Vereador Rômulo Carcará que “Institui as Olimpíadas Escolares na rede municipal de ensino no âmbito do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11022</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11022/parecer_146_cfo_21_pl_092.21-apens_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11022/parecer_146_cfo_21_pl_092.21-apens_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 146/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 092/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Nilton Santiago que “Institui que proceda com a regulamentação para criação de Mercado Municipal em todo os distritos do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11023/parecer_147_cfo_21_pl_095.21-varios_07.10.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11023/parecer_147_cfo_21_pl_095.21-varios_07.10.21.pdf</t>
   </si>
   <si>
     <t>Parecer 147/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 095/2021 de autoria dos Senhores Vereadores Leandro de Paula e outros que “Autoriza o reforço da vacinação da população idosa do município de Mangaratiba que tenha recebido duas doses da vacina contra a Covid-19 no primeiro semestre de 2021 com uma dose das vacinas contra a Covid-19 Oxford-Astrazeneca ou Pfizer, no prazo que menciona e dá outras providências”.</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11135/parecer_148.21_cfo_msg_049_21_09.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11135/parecer_148.21_cfo_msg_049_21_09.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 148/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 049/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei Complementar, que Institui o Regime de Previdência Complementar no âmbito do Município de Mangaratiba, fixa o limite máximo para concessão de aposentadorias e pensões pelo regime de previdência de que trata o artigo 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>11151</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11151/parecer_149_cfo_21_msg_35.21_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11151/parecer_149_cfo_21_msg_35.21_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 149/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 035/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Cria o Conselho Municipal de Transportes de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11153</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11153/parecer_151_cfo_21_bal_smasdh_set.21_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11153/parecer_151_cfo_21_bal_smasdh_set.21_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 151/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 1109- SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha o Balancete financeiro e a conciliação bancária do mês de setembro de 2021.</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11154/parecer_152_cfo_21_bal_fmp_set.21_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11154/parecer_152_cfo_21_bal_fmp_set.21_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 152/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 308/2021 de autoria da Fundação Mário Peixoto que encaminha balancete do mês de setembro de 2021.</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11155/parecer_153_cfo_21_pl_078.21-jj_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11155/parecer_153_cfo_21_pl_078.21-jj_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 153/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 078/2021 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza a criação do Programa “Jovem Servidor”, da contratação, sem vínculo empregatício, dos estudantes do ensino público municipal nas funções de menores ou jovens aprendizes da Administração Pública, no âmbito municipal, e dá outras providências".</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11156/parecer_154_cfo_21_pl_097921-jj_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11156/parecer_154_cfo_21_pl_097921-jj_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 154/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 079/2021 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza a criação da Central de Empregos para a pessoa com deficiência no âmbito Municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11157/parecer_155_cfo_21_pl_085.21-lp_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11157/parecer_155_cfo_21_pl_085.21-lp_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 155/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 085/2021 de autoria do Sr. Vereador Leandro de Paula que “Dispõe sobre a instalação de equipamentos contra incêndios nos estabelecimentos comerciais e condomínios edilícios no âmbito do município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11158/parecer_156_cfo_21_pl_088.21-rn_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11158/parecer_156_cfo_21_pl_088.21-rn_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 156/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 088/2021 de autoria do Sr. Vereador Rômulo Carcará que “Cria o programa “Amiga do Esporte e do Lazer”, no município de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11159/parecer_157_cfo_21_pl_094.21-jj_16.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11159/parecer_157_cfo_21_pl_094.21-jj_16.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 157/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 094/2021 de autoria do Senhor Vereador Juninho de Jacareí que “Institui a criação dos Títulos de “Empresa Criança” e "Amigo da Criança", para empresas e cidadãos que efetuarem doações periódicas de cestas básicas para crianças de famílias carentes, e dá outras providências”.</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11221/parecer_158_cfo_21_msg_045.21_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11221/parecer_158_cfo_21_msg_045.21_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 158/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 045/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Dispõe sobre o Plano Plurianual para os Exercícios de 2022 a 2024.</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11222/parecer_159_cfo_21_msg_046.21_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11222/parecer_159_cfo_21_msg_046.21_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 159/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável a Mensagem 046/2021 de autoria do Chefe do Poder Executivo Municipal que capeia o Projeto de Lei que “Estima a Receita e fixa a Despesa do Município de Mangaratiba para o Exercício Financeiro de 2022 – LOA 2022.</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11223/parecer_160_cfo_21_bal_saude_ago.21_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11223/parecer_160_cfo_21_bal_saude_ago.21_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 160/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 585/2021 de autoria da Secretaria Municipal de Saúde que encaminha o Balancete do mês de agosto de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11224/parecer_161_cfo_21_pl_049621-rp_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11224/parecer_161_cfo_21_pl_049621-rp_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 161/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 096/2021 de autoria do Sr. Vereador Prof. Renato Fifiu que “Institui no Calendário Oficial de Eventos do Município de Mangaratiba o Dia do Comércio e dá outras providências.</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11225/parecer_162_cfo_21_pl_098.21-jj_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11225/parecer_162_cfo_21_pl_098.21-jj_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 162/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 098/2021 de autoria do Sr. Vereador Juninho de Jacareí que “Autoriza a criação do Programa Saúde do Trabalhador da Saúde” no âmbito municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11227/parecer_164_cfo_21_pl_100.21-lp_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11227/parecer_164_cfo_21_pl_100.21-lp_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 164/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 100/2021 de autoria do Sr. Vereador Leandro de Paula que “Autoriza a criação do ”Cartão de Imunização Permanente – Cartão Verde” e dá outras providências.</t>
   </si>
   <si>
     <t>11228</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11228/parecer_165_cfo_21_pl_101.21-aecc_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11228/parecer_165_cfo_21_pl_101.21-aecc_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 165/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 101/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Cecília Cabral que “Institui que proceda com o Tombamento do imóvel denominado “Pomar da Casa Branca” localizado na Estrada São João Marcos, Ruínas – Bairro Nova Mangaratiba.</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11229/parecer_166.21_da_cfo_favoravel_ao_pl_105.2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11229/parecer_166.21_da_cfo_favoravel_ao_pl_105.2021.pdf</t>
   </si>
   <si>
     <t>Parecer 166/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 105/2021 de autoria do Sr. Vereador Dr. Mair que “Institui o Programa “Cavalo de Lata”, no município de Mangaratiba, visando a redução e a substituição gradativa de animais por veículo de tração mecânica e ou elétrica.</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11230/parecer_167.21_da_cfo_favoravel_ao_pl_108.2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11230/parecer_167.21_da_cfo_favoravel_ao_pl_108.2021.pdf</t>
   </si>
   <si>
     <t>Parecer 167/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 108/2021 de autoria do Sr. Vereador Alessandro Portugal que “Institui que proceda com a regulamentação para criação de política pública que favoreça a prática de futebol feminino e dá outras providências.</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11231/parecer_168_cfo_21_pl_109.21-ap_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11231/parecer_168_cfo_21_pl_109.21-ap_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 168/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 109/2021 de autoria do Sr. Vereador Alessandro Portugal que “Implementar o Projeto Resgatando Cultura em todos os distritos do município de Mangaratiba – Lona Cultural Itinerante.</t>
   </si>
   <si>
     <t>11232</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11232/cfo_169.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11232/cfo_169.21.pdf</t>
   </si>
   <si>
     <t>Parecer 169/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 111/2021 de autoria do Sr. Vereador Dr. Mair que “Institui a Semana Municipal dos Jogos Olímpicos e Paralímpicos de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>11233</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11233/parecer_170_cfo_21_pl_112.21-aperp_18.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11233/parecer_170_cfo_21_pl_112.21-aperp_18.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 170/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 112/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Prof. Renato Fifiu que “Institui que proceda com a proibição de cobrança de sacolas descartáveis biodegradáveis em estabelecimentos comerciais do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11234/cfo_171.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11234/cfo_171.21.pdf</t>
   </si>
   <si>
     <t>Parecer 171/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 115/2021 de autoria do Sr. Vereador Alessandro Portugal que “Instituir no Calendário Oficial do Município a Semana de Valorização dos Artistas locais.</t>
   </si>
   <si>
     <t>11280</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11280/parecer_172_cfo_21_msg_048.21_25.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11280/parecer_172_cfo_21_msg_048.21_25.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 172/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 048 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que “Altera a Lei Complementar 055, de 28 de dezembro de 2020, que dispõe sobre a Estruturação da Administração Pública Municipal, nos termos do Art. 70, Parágrafo Único, VI, da Lei Orgânica de Mangaratiba e dá outras providências”.</t>
   </si>
   <si>
     <t>11282</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11282/parecer_173_cfo_21_msg_050.21_25.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11282/parecer_173_cfo_21_msg_050.21_25.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 173/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 050/2021 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que Altera a Lei 028, de 30 de dezembro de 1994, e estabelece outras providências”.</t>
   </si>
   <si>
     <t>11284</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11284/parecer_174_cfo_21_msg_051.21_25.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11284/parecer_174_cfo_21_msg_051.21_25.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 174/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 051/2021 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei Complementar que Altera a Lei 028, de 30 de dezembro de 1994 – Código Tributário Municipal, acerca da regulamentação do Imposto Sobre Serviços de Qualquer Natureza – ISSQN”.</t>
   </si>
   <si>
     <t>11287</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11287/parecer_175_cfo_21_msg_052.21_25.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11287/parecer_175_cfo_21_msg_052.21_25.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 175/2021 da Comissão de Finanças e Orçamento favorável a Mensagem 052/2021 de autoria do Chefe do Poder Executivo Municipal que "Capeia o Projeto de Lei que “Altera e acrescenta dispositivos a Lei 1277, de 27 de dezembro de 2019, que dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos órgãos da administração direta, das autarquias e das fundações públicas do poder executivo municipal, nos termos do inciso IX do art. 37, da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>11336</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11336/parecer_176_cfo_21_emod_003.21_ref._msg_050.21_30.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11336/parecer_176_cfo_21_emod_003.21_ref._msg_050.21_30.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 176/2021 da Comissão de Finanças e Orçamento referente a Emenda Modificativa 003/2021 que modifica a redação do artigo 3º da Mensagem 050/2021, de 10 de novembro de 2021, de autoria do Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>11397</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11397/parecer_177_cfo_21_of._229.21_pmm__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11397/parecer_177_cfo_21_of._229.21_pmm__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 177/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 229/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha balancete do mês de setembro de 2021.</t>
   </si>
   <si>
     <t>11398</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11398/parecer_178_cfo_21_of._239.21_pmm__-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11398/parecer_178_cfo_21_of._239.21_pmm__-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 178/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 239/2021 de autoria do Chefe do Poder Executivo Municipal que encaminha o Balancete do mês de outubro de 2021.</t>
   </si>
   <si>
     <t>11399</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11399/parecer_179_cfo_21_of._668.21_sms__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11399/parecer_179_cfo_21_of._668.21_sms__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 179/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 668/2021 de autoria da Secretaria Municipal de Saúde que encaminha o Balancete Contábil do mês de setembro de 2021 do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11400/parecer_180_cfo_21_of._1185.21_smasdh_-_balancete_e_concilicao_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11400/parecer_180_cfo_21_of._1185.21_smasdh_-_balancete_e_concilicao_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 180/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 1185 -SMASDH/2021 de autoria da Secretaria Municipal de Assistência Social e Direitos Humanos que encaminha o Balancete financeiro e a conciliação bancária do mês de outubro de 2021.</t>
   </si>
   <si>
     <t>11401</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11401/parecer_181_cfo_21_of._332.21_fmp_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11401/parecer_181_cfo_21_of._332.21_fmp_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 181/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 332/2021/FMP de autoria da Fundação Mário Peixoto que encaminha o Balancete do mês de outubro de 2021.</t>
   </si>
   <si>
     <t>11403</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11403/parecer_183_cfo_21_of._375.21_previ_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11403/parecer_183_cfo_21_of._375.21_previ_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 183/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Ofício 375/2021 de autoria da Previ Mangaratiba que encaminha o Balancete Orçamentário/Financeiro do mês de outubro de 2021.</t>
   </si>
   <si>
     <t>11404</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11404/parecer_184_cfo_21_cmm_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11404/parecer_184_cfo_21_cmm_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 184/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de setembro de 2021 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>11405</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11405/parecer_185_cfo_21_cmm_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11405/parecer_185_cfo_21_cmm_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 185/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Balancete do mês de outubro de 2021 da Câmara Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>11406</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11406/parecer_186_ccj_21_pl_097.21-ap_30.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11406/parecer_186_ccj_21_pl_097.21-ap_30.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 186/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 097/2021 de autoria do Sr. Vereador Alessandro Portugal que “Institui a criação de Centros de Recuperação para dependentes químicos no Município de Mangaratiba".</t>
   </si>
   <si>
     <t>11407</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11407/parecer_187_cfo_21_pl_102.21-cceap_20.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11407/parecer_187_cfo_21_pl_102.21-cceap_20.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 187/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 102/2021 de autoria dos Senhores Vereadores Cecília Cabral e Alessandro Portugal que “Dispõe sobre a tutela do imóvel Pomar da Casa Branca à Fundação Mário Peixoto”.</t>
   </si>
   <si>
     <t>11408</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11408/parecer_188_cfo_21_pl_104.21-mb_30.11.21.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11408/parecer_188_cfo_21_pl_104.21-mb_30.11.21.pdf</t>
   </si>
   <si>
     <t>Parecer 188/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 104/2021 de autoria do Sr. Vereador Dr. Mair que “Dispõe o prazo máximo para a ligação e religação de energia elétrica e dá outras providências".</t>
   </si>
   <si>
     <t>11479</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11479/cfo_21_033780.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11479/cfo_21_033780.pdf</t>
   </si>
   <si>
     <t>Parecer 189/2021 da Comissão de Finanças, Orçamento e Defesa do Consumidor favorável ao Projeto de Lei 110/2021 de autoria do Sr. Vereador Wlad da Pesca que “Disponibiliza na rede Municipal de Educação assistência psicológica e social aos alunos e familiares vítimas da violência urbana”.</t>
   </si>
   <si>
     <t>9943</t>
   </si>
   <si>
     <t>PCFOT</t>
   </si>
   <si>
     <t>Parecer CFO - Temporária Especial</t>
   </si>
   <si>
     <t>CTEFO - Comissão Temporária Especial de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9943/parecer_01_ctefo_2021_-_temporaria_especial_msg_01.21_27.01.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9943/parecer_01_ctefo_2021_-_temporaria_especial_msg_01.21_27.01.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2021 da Comissão Temporária Especial de Fianças e Orçamento favorável a Mensagem 001/2021 de autoria do Chefe do Poder Executivo Municipal que "Dispõe sobre alteração da Lei 847, de 17 de abril de 2013 e dá outras providências".</t>
   </si>
   <si>
     <t>9947</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9947/parecer_02_ctefo__2021_-_temporaria_especial_msg_02.21_27.01.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9947/parecer_02_ctefo__2021_-_temporaria_especial_msg_02.21_27.01.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 002/2021 da Comissão Temporária Especial de Fianças e Orçamento favorável a Mensagem 002/2021 de autoria do Chefe do Poder Executivo Municipal que "Dispõe sobre alteração do anexo I da Lei 945, de 03 de dezembro de 2014 e dá outras providências".</t>
   </si>
   <si>
     <t>9950</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9950/parecer_03_ctecj_2021_-_temporaria_especial_msg_03.21_27.01.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9950/parecer_03_ctecj_2021_-_temporaria_especial_msg_03.21_27.01.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 003/2021 da Comissão Temporária Especial de Fianças e Orçamento favorável a Mensagem 003/2021 de autoria do Chefe do Poder Executivo Municipal que "Dispõe sobre a suspensão temporária da contribuição previdenciária patronal do Município ao RPPS - Instituto de Previdência dos Servidores Municipais de Mangaratiba - Previ-Mangaratiba".</t>
   </si>
   <si>
     <t>9953</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9953/parecer_04_ctefo__2021_-_temporaria_especial_msg_05.21_27.01.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9953/parecer_04_ctefo__2021_-_temporaria_especial_msg_05.21_27.01.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 004/2021 da Comissão Temporária Especial de Fianças e Orçamento favorável a Mensagem 005/2021 de autoria do Chefe do Poder Executivo Municipal que "Dispõe sobre a recuperação Fiscal do Município de Mangaratiba - REFIS e dá outras providências".</t>
   </si>
   <si>
     <t>9956</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9956/parecer_05_ctefo__2021_-_temporaria_especial_msg_07.21_27.01.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9956/parecer_05_ctefo__2021_-_temporaria_especial_msg_07.21_27.01.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 005/2021 da Comissão Temporária Especial de Fianças e Orçamento favorável a Mensagem 007/2021 de autoria do Chefe do Poder Executivo Municipal que "Dispõe sobre a alteração da Lei Complementar 33, de 08 de outubro de 2014, que reestrutura o Instituto de Previdência de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>9959</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9959/parecer_06_ctefo__2021_-_temporaria_especial_msg_08.21_27.01.21_favoravel_-_aprovado.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9959/parecer_06_ctefo__2021_-_temporaria_especial_msg_08.21_27.01.21_favoravel_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Parecer 006/2021 da Comissão Temporária Especial de Fianças e Orçamento favorável a Mensagem 008/2021 de autoria do Chefe do Poder Executivo Municipal que "Dispõe sobre o parcelamento de contribuição patronais do Município de Mangaratiba com o Instituto de Previdência dos Servidores de Mangaratiba - PREVI - Mangaratiba".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2679,68 +2679,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10780/parecer_001_cfo_21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9815/parecer_002_cfo_21_pl_15.21-rp_23.03.21.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10775/parecer_003_cotsp_21_msg_16.21_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9816/parecer_004_cfo_21_pl_11.21-hg_08.04.21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9933/parecer_005_cfo_21_proc_tce-rj_parecer_favoravel_com_ressalvas_e_determinacoes_exercicio_2016_20.04.21.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9817/parecer_006_cfo_21_msg_12.21_20.04.21.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9818/parecer_007_cfo_21_of._229.20_pmm__-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9819/parecer_008_cfo_21_of._027.21_pmm__-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/parecer_009_cfo_21_of._043.21_pmm__-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9821/parecer_010_cfo_21_of._080.21_pmm__-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9822/parecer_011_cfo_21_of._836.21_sms_-_balancete_fms_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9823/parecer_012_cfo_21_of._872.20_sms_-_balancete_fms_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9824/parecer_013_cfo_21_of._096.21_sms_-_balancete_fms_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9825/parecer_014_cfo_21_of._213.21_sms_-_balancete_fms_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9826/parecer_015_cfo_21_of._252.21_sms_-_balancete_fms_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9827/parecer_016_cfo_21_of._204.20_fmp_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9828/parecer_017_cfo_21_of._004.21_fmp_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9829/parecer_018_cfo_21_of._043.21_fmp_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9830/parecer_019_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9831/parecer_020_cfo_21_of._1193.20_smasdh_-_balancete_e_concilicao_ref._outubro_2020_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9832/parecer_021_cfo_21_of._391.21_smasdh_-_balancete_e_concilicao_ref._novembro_2020_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9833/parecer_022_cfo_21_of._39.21_smasdh_-_balancete_e_concilicao_ref._dezembro_2020_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9834/parecer_023_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._janeiro_2021_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9835/parecer_024_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._fevereiro_2021_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9836/parecer_025_cfo_21_of._305.20_previ_-_balancete_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9837/parecer_026_cfo_21_of._019.21_previ_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9838/parecer_027_cfo_21_of._046.21_previ_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9839/parecer_028_cfo_21_of._065.21_previ_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9840/parecer_029_cfo_20_cmm_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9841/parecer_030_cfo_21_pres_01.21-hg_20.04.21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9842/parecer_031_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9843/parecer_032_cfo_21_msg_16.21_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9844/parecer_033_cfo_21_of._104.21_pmm__-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9845/parecer_034_cfo_21_of._468.21_smasdh_-_balancete_e_concilicao_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9846/parecer_035_cfo_21_of._098.21_fmp_-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9847/parecer_036_cfo_21_cmm_balancete_ref._dezembro_2020_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9848/parecer_037_cfo_21_cmm_balancete_ref._janeiro_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9849/parecer_038_cfo_21_cmm_balancete_ref._fevereiro_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9850/parecer_039_cfo_21_pl_14.21-lp_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9851/parecer_040_cfo_21_pl_16.21-rn_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9932/parecer_041_cfo_21_msg_14.21_20.05.21.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9852/parecer_042_cfo_21_of._116.21_pmm__-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9853/parecer_043_cfo_21_of._113.21_fmp_-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9854/parecer_044_cfo_21_pl_02.21-hg_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9855/parecer_045_cfo_21_pl_08.21-lp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9856/parecer_046_cfo_21_pl_10.21-rp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9857/parecer_047_cfo_21_pl_13.21-cc_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/parecer_048_cfo_21_pl_20.21-lp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9859/parecer_049_ccj_21_pl_34.21-hg_25.05.21.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9860/parecer_050_cfo_21_pl_24.21-mb_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9861/parecer_051_cfo_21_pl_28.21-rp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9862/parecer_052_cfo_21_pl_29.21-ap_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9863/parecer_053_cfo_21_pl_30.21-js_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9864/parecer_054_cfo_21_pl_33.21-hg_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9865/parecer_055_cfo_21_msg_015.21_-_mdir_08.06.21_plom.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9866/parecer_056_cfo_21_pres_03.21-mdir_08.06.21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9867/parecer_057_cfo_21_msg_21.21_15.06.21.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9923/parecer_58_da_cfo_balancete_marco_2021_da_camara.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9924/parecer_59_da_cfo_balancete_abril_2021_da_camara.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9925/parecer_60_da_cfo_balancete_maio_2021_da_fundacao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10047/parecer_cfo_61_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10048/parecer_cfo_62_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10049/parecer_cfo_63_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10050/parecer_cfo_64_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10051/parecer_cfo_65_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10052/parecer_066_cfo_21_pl_044.21-rfecc_22.06.21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10101/parecer_67_da_ccj_msg_26_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10053/parecer_cfo_68_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9935/parecer_069_cfo_21_pres_05.21-mdir_24.06.21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10054/parecer_070_cfo_21_pl_12.21-lp_29.06.21.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10573/parecer_071_cfo_21_msg_026.21_20.07.21_com_emenda_modificativa_01.21e_emenda_aditiva_01.21.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10057/parecer_72_21_cfo_msg_25_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10058/parecer_73_21_cfo_balancete_pmm_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10059/parecer_74_21_cfo_balancete_smasdh_abril_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10060/parecer_75_21_cfo_balancete_smasdh_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10061/parecer_76_21_cfo_balancete_saude_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10062/parecer_77_21_cfo_balancete_previ_fevereiro_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10063/parecer_78_21_cfo_balancete_previ_marco_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10064/parecer_79_21_cfo_balancete_cmm_outubro_2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10065/parecer_80_21_cfo_balancete_cmm_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10066/parecer_81_21_cfo_pl_08_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10067/parecer_82_21_cfo_pl_09_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10068/parecer_83_21_cfo_pl_17_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10069/parecer_84_21_cfo_pl_19_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10070/parecer_85_21_cfo_pl_27_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10071/parecer_86_21_cfo_pl_32_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10072/parecer_87_21_cfo_pl_34_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10073/parecer_88_21_cfo_pl_36_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10074/parecer_089_cfo_21_pl_43.21-jj_05.08.21.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10194/parecer_091_cfo_21_of._345.21_sms_-_balancete_fms_ref._abril_21_17.08.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10321/parecer_92_da_cfo_favoravel_msg_18_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10322/parecer_93_da_cfo_favoravel_balancete_pmm_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10323/parecer_94_da_cfo_favoravel_balancete_saude_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10324/parecer_95_da_cfo_favoravel_balancete_fundacao_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10325/parecer_96_da_cfo_favoravel_balancete_previ_abril_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10326/parecer_97_da_cfo_favoravel_balancete_previ_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10327/parecer_098_cfo_21_of._218.21_previ_-_balancete_ref._junho_2021_24.08.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10328/parecer_099_cfo_21_msg_022.21_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10329/parecer_100_cfo_21_pl_71.21-dc_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10473/parecer_101_cfo_21_msg_023.21_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10474/parecer_102_cfo_21_msg_029.21_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10475/parecer_103_cfo_21_pl_050.21-lp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10476/parecer_104_cfo_21_pl_058.21-lp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10477/parecer_105_cfo_21_pl_064.21-nselp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10478/parecer_106_cfo_21_pl_065.21-rn_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10479/parecer_107_cfo_21_pl_066.21-ns_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10480/parecer_108_cfo_21_pl_069.21-rp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10506/parecer_109_cfo_21_msg_27_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10507/parecer_110_cfo_21_msg_30_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10508/parecer_111_cfo_21_pl_54_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10518/parecer_112_cfo_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10519/parecer_113_cfo_21_pl_60_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10520/parecer_114_cfo_21_pl_67_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10521/parecer_115_cfo_21_pl_76_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10522/parecer_116_cfo_21_pl_35_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10523/parecer_117_cfo_21_pl_45_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10524/parecer_118_cfo_21_pl_75_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10525/parecer_119_cfo_21_pl_77_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10526/parecer_120_cfo_21_pl_82_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10527/parecer_121_cfo_21_balancete_pmm_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10528/parecer_122_cfo_21_balancete_saude__julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10529/parecer_123_cfo_21_balancete_acao_social_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10530/parecer_124_cfo_21_balancete_fmp_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10531/parecer_125_cfo_21_balancete_cmm_junho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10532/parecer_126_cfo_21_balancete_cmm_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10571/parecer_127_cfo_21_msg_34_21_23.09.21.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10694/parecer_128_cfo_21_pl_051.21-_rpedc_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11011/cfo129-21_033176.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11012/parecer_130_cfo_21_pl_070.21-dc_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11013/parecer_131_cfo_21_pl_061.21-wp_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11014/parecer_132_cfo_21_pl_068.21-wp_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10808/parecer_133_cfo_21_bal_fmp_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10809/parecer_134_cfo_21_bal_pmm_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10810/parecer_135_cfo_21_bal_assistencia_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10811/parecer_136_cfo_21_bal_cmm_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10763/parecer_137_cfo_21_plom_002.21-varios_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10765/cfo_138-21_033177.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11015/parecer_139_cfo_21_bal_smasdh_07.21_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11016/parecer_140_cfo_21_bal_previ_07.21_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11017/parecer_141_cfo_21_bal_previ_08.21_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11018/parecer_142_cfo_21_pl_083.21-hg_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11019/parecer_143_cfo_21_pl_084.21-ap_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11020/parecer_144_cfo_21_pl_089.21-rn_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11021/parecer_145_cfo_21_pl_090.21-rn_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11022/parecer_146_cfo_21_pl_092.21-apens_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11023/parecer_147_cfo_21_pl_095.21-varios_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11135/parecer_148.21_cfo_msg_049_21_09.11.21.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11151/parecer_149_cfo_21_msg_35.21_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11153/parecer_151_cfo_21_bal_smasdh_set.21_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11154/parecer_152_cfo_21_bal_fmp_set.21_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11155/parecer_153_cfo_21_pl_078.21-jj_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11156/parecer_154_cfo_21_pl_097921-jj_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11157/parecer_155_cfo_21_pl_085.21-lp_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11158/parecer_156_cfo_21_pl_088.21-rn_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11159/parecer_157_cfo_21_pl_094.21-jj_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11221/parecer_158_cfo_21_msg_045.21_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11222/parecer_159_cfo_21_msg_046.21_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11223/parecer_160_cfo_21_bal_saude_ago.21_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11224/parecer_161_cfo_21_pl_049621-rp_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11225/parecer_162_cfo_21_pl_098.21-jj_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11227/parecer_164_cfo_21_pl_100.21-lp_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11228/parecer_165_cfo_21_pl_101.21-aecc_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11229/parecer_166.21_da_cfo_favoravel_ao_pl_105.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11230/parecer_167.21_da_cfo_favoravel_ao_pl_108.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11231/parecer_168_cfo_21_pl_109.21-ap_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11232/cfo_169.21.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11233/parecer_170_cfo_21_pl_112.21-aperp_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11234/cfo_171.21.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11280/parecer_172_cfo_21_msg_048.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11282/parecer_173_cfo_21_msg_050.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11284/parecer_174_cfo_21_msg_051.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11287/parecer_175_cfo_21_msg_052.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11336/parecer_176_cfo_21_emod_003.21_ref._msg_050.21_30.11.21.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11397/parecer_177_cfo_21_of._229.21_pmm__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11398/parecer_178_cfo_21_of._239.21_pmm__-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11399/parecer_179_cfo_21_of._668.21_sms__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11400/parecer_180_cfo_21_of._1185.21_smasdh_-_balancete_e_concilicao_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11401/parecer_181_cfo_21_of._332.21_fmp_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11403/parecer_183_cfo_21_of._375.21_previ_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11404/parecer_184_cfo_21_cmm_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11405/parecer_185_cfo_21_cmm_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11406/parecer_186_ccj_21_pl_097.21-ap_30.11.21.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11407/parecer_187_cfo_21_pl_102.21-cceap_20.11.21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11408/parecer_188_cfo_21_pl_104.21-mb_30.11.21.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11479/cfo_21_033780.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9943/parecer_01_ctefo_2021_-_temporaria_especial_msg_01.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9947/parecer_02_ctefo__2021_-_temporaria_especial_msg_02.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9950/parecer_03_ctecj_2021_-_temporaria_especial_msg_03.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9953/parecer_04_ctefo__2021_-_temporaria_especial_msg_05.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9956/parecer_05_ctefo__2021_-_temporaria_especial_msg_07.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9959/parecer_06_ctefo__2021_-_temporaria_especial_msg_08.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10780/parecer_001_cfo_21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9815/parecer_002_cfo_21_pl_15.21-rp_23.03.21.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10775/parecer_003_cotsp_21_msg_16.21_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9816/parecer_004_cfo_21_pl_11.21-hg_08.04.21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9933/parecer_005_cfo_21_proc_tce-rj_parecer_favoravel_com_ressalvas_e_determinacoes_exercicio_2016_20.04.21.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9817/parecer_006_cfo_21_msg_12.21_20.04.21.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9818/parecer_007_cfo_21_of._229.20_pmm__-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9819/parecer_008_cfo_21_of._027.21_pmm__-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/parecer_009_cfo_21_of._043.21_pmm__-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9821/parecer_010_cfo_21_of._080.21_pmm__-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9822/parecer_011_cfo_21_of._836.21_sms_-_balancete_fms_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9823/parecer_012_cfo_21_of._872.20_sms_-_balancete_fms_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9824/parecer_013_cfo_21_of._096.21_sms_-_balancete_fms_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9825/parecer_014_cfo_21_of._213.21_sms_-_balancete_fms_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9826/parecer_015_cfo_21_of._252.21_sms_-_balancete_fms_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9827/parecer_016_cfo_21_of._204.20_fmp_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9828/parecer_017_cfo_21_of._004.21_fmp_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9829/parecer_018_cfo_21_of._043.21_fmp_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9830/parecer_019_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9831/parecer_020_cfo_21_of._1193.20_smasdh_-_balancete_e_concilicao_ref._outubro_2020_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9832/parecer_021_cfo_21_of._391.21_smasdh_-_balancete_e_concilicao_ref._novembro_2020_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9833/parecer_022_cfo_21_of._39.21_smasdh_-_balancete_e_concilicao_ref._dezembro_2020_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9834/parecer_023_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._janeiro_2021_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9835/parecer_024_cfo_21_of._392.21_smasdh_-_balancete_e_concilicao_ref._fevereiro_2021_20.04.20_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9836/parecer_025_cfo_21_of._305.20_previ_-_balancete_ref._outubro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9837/parecer_026_cfo_21_of._019.21_previ_-_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9838/parecer_027_cfo_21_of._046.21_previ_-_balancete_ref._dezembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9839/parecer_028_cfo_21_of._065.21_previ_-_balancete_ref._janeiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9840/parecer_029_cfo_20_cmm_balancete_ref._novembro_2020_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9841/parecer_030_cfo_21_pres_01.21-hg_20.04.21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9842/parecer_031_cfo_21_of._067.21_fmp_-_balancete_ref._fevereiro_2021_20.04.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9843/parecer_032_cfo_21_msg_16.21_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9844/parecer_033_cfo_21_of._104.21_pmm__-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9845/parecer_034_cfo_21_of._468.21_smasdh_-_balancete_e_concilicao_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9846/parecer_035_cfo_21_of._098.21_fmp_-_balancete_ref._marco_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9847/parecer_036_cfo_21_cmm_balancete_ref._dezembro_2020_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9848/parecer_037_cfo_21_cmm_balancete_ref._janeiro_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9849/parecer_038_cfo_21_cmm_balancete_ref._fevereiro_2021_18.05.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9850/parecer_039_cfo_21_pl_14.21-lp_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9851/parecer_040_cfo_21_pl_16.21-rn_18.05.21.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9932/parecer_041_cfo_21_msg_14.21_20.05.21.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9852/parecer_042_cfo_21_of._116.21_pmm__-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9853/parecer_043_cfo_21_of._113.21_fmp_-_balancete_ref._abril_2021_01.06.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9854/parecer_044_cfo_21_pl_02.21-hg_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9855/parecer_045_cfo_21_pl_08.21-lp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9856/parecer_046_cfo_21_pl_10.21-rp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9857/parecer_047_cfo_21_pl_13.21-cc_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/parecer_048_cfo_21_pl_20.21-lp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9859/parecer_049_ccj_21_pl_34.21-hg_25.05.21.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9860/parecer_050_cfo_21_pl_24.21-mb_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9861/parecer_051_cfo_21_pl_28.21-rp_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9862/parecer_052_cfo_21_pl_29.21-ap_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9863/parecer_053_cfo_21_pl_30.21-js_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9864/parecer_054_cfo_21_pl_33.21-hg_01.06.21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9865/parecer_055_cfo_21_msg_015.21_-_mdir_08.06.21_plom.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9866/parecer_056_cfo_21_pres_03.21-mdir_08.06.21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9867/parecer_057_cfo_21_msg_21.21_15.06.21.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9923/parecer_58_da_cfo_balancete_marco_2021_da_camara.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9924/parecer_59_da_cfo_balancete_abril_2021_da_camara.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9925/parecer_60_da_cfo_balancete_maio_2021_da_fundacao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10047/parecer_cfo_61_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10048/parecer_cfo_62_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10049/parecer_cfo_63_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10050/parecer_cfo_64_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10051/parecer_cfo_65_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10052/parecer_066_cfo_21_pl_044.21-rfecc_22.06.21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10101/parecer_67_da_ccj_msg_26_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10053/parecer_cfo_68_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9935/parecer_069_cfo_21_pres_05.21-mdir_24.06.21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10054/parecer_070_cfo_21_pl_12.21-lp_29.06.21.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10573/parecer_071_cfo_21_msg_026.21_20.07.21_com_emenda_modificativa_01.21e_emenda_aditiva_01.21.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10057/parecer_72_21_cfo_msg_25_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10058/parecer_73_21_cfo_balancete_pmm_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10059/parecer_74_21_cfo_balancete_smasdh_abril_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10060/parecer_75_21_cfo_balancete_smasdh_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10061/parecer_76_21_cfo_balancete_saude_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10062/parecer_77_21_cfo_balancete_previ_fevereiro_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10063/parecer_78_21_cfo_balancete_previ_marco_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10064/parecer_79_21_cfo_balancete_cmm_outubro_2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10065/parecer_80_21_cfo_balancete_cmm_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10066/parecer_81_21_cfo_pl_08_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10067/parecer_82_21_cfo_pl_09_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10068/parecer_83_21_cfo_pl_17_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10069/parecer_84_21_cfo_pl_19_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10070/parecer_85_21_cfo_pl_27_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10071/parecer_86_21_cfo_pl_32_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10072/parecer_87_21_cfo_pl_34_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10073/parecer_88_21_cfo_pl_36_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10074/parecer_089_cfo_21_pl_43.21-jj_05.08.21.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10194/parecer_091_cfo_21_of._345.21_sms_-_balancete_fms_ref._abril_21_17.08.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10321/parecer_92_da_cfo_favoravel_msg_18_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10322/parecer_93_da_cfo_favoravel_balancete_pmm_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10323/parecer_94_da_cfo_favoravel_balancete_saude_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10324/parecer_95_da_cfo_favoravel_balancete_fundacao_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10325/parecer_96_da_cfo_favoravel_balancete_previ_abril_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10326/parecer_97_da_cfo_favoravel_balancete_previ_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10327/parecer_098_cfo_21_of._218.21_previ_-_balancete_ref._junho_2021_24.08.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10328/parecer_099_cfo_21_msg_022.21_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10329/parecer_100_cfo_21_pl_71.21-dc_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10473/parecer_101_cfo_21_msg_023.21_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10474/parecer_102_cfo_21_msg_029.21_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10475/parecer_103_cfo_21_pl_050.21-lp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10476/parecer_104_cfo_21_pl_058.21-lp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10477/parecer_105_cfo_21_pl_064.21-nselp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10478/parecer_106_cfo_21_pl_065.21-rn_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10479/parecer_107_cfo_21_pl_066.21-ns_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10480/parecer_108_cfo_21_pl_069.21-rp_26.08.21.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10506/parecer_109_cfo_21_msg_27_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10507/parecer_110_cfo_21_msg_30_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10508/parecer_111_cfo_21_pl_54_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10518/parecer_112_cfo_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10519/parecer_113_cfo_21_pl_60_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10520/parecer_114_cfo_21_pl_67_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10521/parecer_115_cfo_21_pl_76_21_02.09.21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10522/parecer_116_cfo_21_pl_35_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10523/parecer_117_cfo_21_pl_45_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10524/parecer_118_cfo_21_pl_75_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10525/parecer_119_cfo_21_pl_77_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10526/parecer_120_cfo_21_pl_82_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10527/parecer_121_cfo_21_balancete_pmm_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10528/parecer_122_cfo_21_balancete_saude__julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10529/parecer_123_cfo_21_balancete_acao_social_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10530/parecer_124_cfo_21_balancete_fmp_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10531/parecer_125_cfo_21_balancete_cmm_junho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10532/parecer_126_cfo_21_balancete_cmm_julho_21_16.09.21.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10571/parecer_127_cfo_21_msg_34_21_23.09.21.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10694/parecer_128_cfo_21_pl_051.21-_rpedc_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11011/cfo129-21_033176.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11012/parecer_130_cfo_21_pl_070.21-dc_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11013/parecer_131_cfo_21_pl_061.21-wp_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11014/parecer_132_cfo_21_pl_068.21-wp_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10808/parecer_133_cfo_21_bal_fmp_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10809/parecer_134_cfo_21_bal_pmm_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10810/parecer_135_cfo_21_bal_assistencia_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10811/parecer_136_cfo_21_bal_cmm_ago_21_30.09.21.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10763/parecer_137_cfo_21_plom_002.21-varios_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10765/cfo_138-21_033177.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11015/parecer_139_cfo_21_bal_smasdh_07.21_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11016/parecer_140_cfo_21_bal_previ_07.21_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11017/parecer_141_cfo_21_bal_previ_08.21_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11018/parecer_142_cfo_21_pl_083.21-hg_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11019/parecer_143_cfo_21_pl_084.21-ap_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11020/parecer_144_cfo_21_pl_089.21-rn_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11021/parecer_145_cfo_21_pl_090.21-rn_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11022/parecer_146_cfo_21_pl_092.21-apens_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11023/parecer_147_cfo_21_pl_095.21-varios_07.10.21.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11135/parecer_148.21_cfo_msg_049_21_09.11.21.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11151/parecer_149_cfo_21_msg_35.21_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11153/parecer_151_cfo_21_bal_smasdh_set.21_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11154/parecer_152_cfo_21_bal_fmp_set.21_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11155/parecer_153_cfo_21_pl_078.21-jj_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11156/parecer_154_cfo_21_pl_097921-jj_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11157/parecer_155_cfo_21_pl_085.21-lp_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11158/parecer_156_cfo_21_pl_088.21-rn_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11159/parecer_157_cfo_21_pl_094.21-jj_16.11.21.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11221/parecer_158_cfo_21_msg_045.21_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11222/parecer_159_cfo_21_msg_046.21_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11223/parecer_160_cfo_21_bal_saude_ago.21_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11224/parecer_161_cfo_21_pl_049621-rp_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11225/parecer_162_cfo_21_pl_098.21-jj_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11227/parecer_164_cfo_21_pl_100.21-lp_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11228/parecer_165_cfo_21_pl_101.21-aecc_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11229/parecer_166.21_da_cfo_favoravel_ao_pl_105.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11230/parecer_167.21_da_cfo_favoravel_ao_pl_108.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11231/parecer_168_cfo_21_pl_109.21-ap_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11232/cfo_169.21.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11233/parecer_170_cfo_21_pl_112.21-aperp_18.11.21.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11234/cfo_171.21.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11280/parecer_172_cfo_21_msg_048.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11282/parecer_173_cfo_21_msg_050.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11284/parecer_174_cfo_21_msg_051.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11287/parecer_175_cfo_21_msg_052.21_25.11.21.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11336/parecer_176_cfo_21_emod_003.21_ref._msg_050.21_30.11.21.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11397/parecer_177_cfo_21_of._229.21_pmm__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11398/parecer_178_cfo_21_of._239.21_pmm__-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11399/parecer_179_cfo_21_of._668.21_sms__-_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11400/parecer_180_cfo_21_of._1185.21_smasdh_-_balancete_e_concilicao_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11401/parecer_181_cfo_21_of._332.21_fmp_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11403/parecer_183_cfo_21_of._375.21_previ_-_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11404/parecer_184_cfo_21_cmm_balancete_ref._setembro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11405/parecer_185_cfo_21_cmm_balancete_ref._outubro_2021_30.11.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11406/parecer_186_ccj_21_pl_097.21-ap_30.11.21.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11407/parecer_187_cfo_21_pl_102.21-cceap_20.11.21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11408/parecer_188_cfo_21_pl_104.21-mb_30.11.21.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11479/cfo_21_033780.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9943/parecer_01_ctefo_2021_-_temporaria_especial_msg_01.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9947/parecer_02_ctefo__2021_-_temporaria_especial_msg_02.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9950/parecer_03_ctecj_2021_-_temporaria_especial_msg_03.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9953/parecer_04_ctefo__2021_-_temporaria_especial_msg_05.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9956/parecer_05_ctefo__2021_-_temporaria_especial_msg_07.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9959/parecer_06_ctefo__2021_-_temporaria_especial_msg_08.21_27.01.21_favoravel_-_aprovado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>