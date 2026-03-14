--- v0 (2025-12-11)
+++ v1 (2026-03-14)
@@ -54,285 +54,285 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9072/indicacao_61_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9072/indicacao_61_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminha-se a secretaria de competência, para que seja realizado a restauração do Chafariz localizado próximo a Escola Maria Augusta Lopes, Centro de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>9226</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9226/indicacao_171_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9226/indicacao_171_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito, em caráter de urgência, a revitalização no Chafariz do centro de Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>9483</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9483/indicacao_300_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9483/indicacao_300_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, encaminhe-se a secretaria de competência para que proceda a manutenção do trecho denominado Patrimônio Histórico “Mirante”, localizado a Estrada São João Marcos, Serra do Piloto - 5º Distrito.</t>
   </si>
   <si>
     <t>9684</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9684/indicacao_390_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9684/indicacao_390_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, encaminhe-se a Secretaria de competência, para que proceda com o Tombamento do imóvel denominado “Pomar da Casa Branca” localizado na Estrada São João Marcos, Ruínas, Bairro Nova Mangaratiba, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>9568</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9568/mensagem_19_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9568/mensagem_19_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Próprio Municipal e revoga a Lei 1162 de 10 de setembro de 2018.</t>
   </si>
   <si>
     <t>11191</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11191/mensagem_44_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11191/mensagem_44_2021.pdf</t>
   </si>
   <si>
     <t>Denomina Waldemiro José Nogueira (Vadinho) a área de convivência do Estádio Municipal José Maria de Brito Barros, na Praia do Saco, Mangaratiba.</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8963/pl_05.2021_-_cc.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8963/pl_05.2021_-_cc.pdf</t>
   </si>
   <si>
     <t>Dá nome a Próprios Municipais - Nilcéia Freire - CREAM Itacuruçá (3º Distrito).</t>
   </si>
   <si>
     <t>9152</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Alessandro Portugal, Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9152/pl_18_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9152/pl_18_2021.pdf</t>
   </si>
   <si>
     <t>"Denomina-se Próprios Municipais" - Ficará denominado “Irene de Melo Taranto” o Equipamento CRAS - Praia do Saco, localizado na Avenida Rio de Janeiro, Praia do Saco, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>9511</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9511/pl_42_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9511/pl_42_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se Próprios Municipais - Maria Helena de Almeida Ferrazani - a Unidade Escolar denominada E. M. de Ibicuí.</t>
   </si>
   <si>
     <t>9913</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9913/pl_62_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9913/pl_62_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se próprios Municipais - Ficará denominado “Dalmo José da Silva Filho” a Estratégia da Saúde da família localizada no Centro de Mangaratiba, - 1º Distrito.</t>
   </si>
   <si>
     <t>10161</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10161/pl_73_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10161/pl_73_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Prédio Público – Cabine José Fontes Machado de Barros, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>10162</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Alessandro Portugal, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10162/pl_74_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10162/pl_74_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se próprios Municipais - CRASP (Centro de Referência de Atenção em Saúde Pública) Doutor Marcos José Barbosa, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>10235</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10235/pl_80_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10235/pl_80_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se Próprios Municipais - Ficará denominada “Andrea Felix de Oliveira Dias” o CES (Centro de Ensino Supletivo), localizado em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>10236</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10236/pl_81_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10236/pl_81_2021.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público Municipal, e dá outras providências – Juliano Brasil Ferrazani. (a Rua 01, localizada no Bairro Olímpio Simões no Centro de Mangaratiba - 1º Distrito).</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10964/pl_119_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10964/pl_119_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se Próprios Municipais - Escola Municipal Raul Werneck de Castro a atual Escola Municipal Fazenda Ingaíba.</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10965/pl_120_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10965/pl_120_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se Próprios Municipais - Escola Municipal Idalino Soares a atual Escola Municipal Batatal.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11053/pl_125.21_28.10.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11053/pl_125.21_28.10.pdf</t>
   </si>
   <si>
     <t>Denomina-se Próprios Municipais - Escola Municipal Sebastião José Fernandes a atual Escola Municipal Praia Grande.</t>
   </si>
   <si>
     <t>11105</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11105/pl_130_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11105/pl_130_2021.pdf</t>
   </si>
   <si>
     <t>Denomina-se Próprios Municipais – Jurandir dos Santos Fernandes, a Unidade Escolar na Estrada da Cachoeira – Vale do Rio Sahy.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -639,68 +639,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9072/indicacao_61_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9226/indicacao_171_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9483/indicacao_300_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9684/indicacao_390_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9568/mensagem_19_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11191/mensagem_44_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8963/pl_05.2021_-_cc.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9152/pl_18_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9511/pl_42_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9913/pl_62_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10161/pl_73_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10162/pl_74_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10235/pl_80_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10236/pl_81_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10964/pl_119_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10965/pl_120_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11053/pl_125.21_28.10.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11105/pl_130_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9072/indicacao_61_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9226/indicacao_171_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9483/indicacao_300_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9684/indicacao_390_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9568/mensagem_19_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11191/mensagem_44_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8963/pl_05.2021_-_cc.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9152/pl_18_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9511/pl_42_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9913/pl_62_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10161/pl_73_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10162/pl_74_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10235/pl_80_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10236/pl_81_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10964/pl_119_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10965/pl_120_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11053/pl_125.21_28.10.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11105/pl_130_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>