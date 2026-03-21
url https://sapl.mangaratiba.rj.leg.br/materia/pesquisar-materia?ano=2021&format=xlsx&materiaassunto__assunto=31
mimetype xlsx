--- v0 (2025-12-09)
+++ v1 (2026-03-21)
@@ -54,354 +54,354 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8972</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8972/ind_07.2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8972/ind_07.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a criação da Corregedoria e Ouvidoria da Guarda Municipal de Mangaratiba, junto a Secretaria de Segurança e Trânsito.</t>
   </si>
   <si>
     <t>8973</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Cecília Cabral</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito, que em caráter de urgência, entre em contato com as Secretarias competentes para que sejam tomadas providências na criação de Serviços e Distribuição de sinais de um canal de TV Aberta ( TV CÂMARA).</t>
   </si>
   <si>
     <t>9050</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9050/indicacao_53_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9050/indicacao_53_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja encaminhado Projeto de Lei de iniciativa do Chefe do Poder Executivo dispondo sobre a Ouvidoria-Geral do Município e dando outras providências em conformidade com as determinações da Lei Federal 13.460, de 26 de junho de 2017.</t>
   </si>
   <si>
     <t>9103</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Dr. Mair, Alessandro Portugal, Hugo Graçano, Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9103/indicacao_82_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9103/indicacao_82_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível, possa implantar Boletim de Imunizados do COVID-19, os nomes dos contemplados no Diário Oficial Municipal, especificando-os por: Faixa Etária, Profissionais de Saúde contemplados pelo Plano Nacional de Imunização com seus respectivos percentuais.</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9128/indicacao_108_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9128/indicacao_108_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que na medida do possível as fiscalizações no mar, realizadas em conjunto da Secretaria de Meio Ambiente e o G.P.A., seja incluída nestas fiscalizações a Secretaria de Agricultura e Pesca.</t>
   </si>
   <si>
     <t>9135</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9135/indicacao_115_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9135/indicacao_115_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que as escalas mensais dos médicos e dos demais profissionais de saúde que atendem ao público passem a ser disponibilizadas obrigatoriamente em local visível e também na internet.</t>
   </si>
   <si>
     <t>9988</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9988/indicacao_453_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9988/indicacao_453_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que o Relatório Resumido de Execução Orçamentária (RREO) e o Relatório de Gestão Fiscal (RGF) sejam disponibilizados no Portal da Transparência e no site eletrônico da Prefeitura, além das publicações já feitas no Diário Oficial do Município (DOM).</t>
   </si>
   <si>
     <t>10673</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10673/indicacao_670_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10673/indicacao_670_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo sr. Prefeito que na medida do possível, encaminhe-se a secretaria de competência, para submeter ao controle da Secretaria Municipal de Saúde a fiscalização, manutenção e legalização dos veículos destinados ao transporte de pacientes.</t>
   </si>
   <si>
     <t>10865</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10865/indicacao_698_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10865/indicacao_698_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito  que seja criado um conselho esportivo em nosso Município.</t>
   </si>
   <si>
     <t>11110</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11110/indicacao_739_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11110/indicacao_739_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a possibilidade de efetuar uma fiscalização severa, acerca do mau uso dos veículos da Prefeitura Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>11111</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11111/indicacao_740_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11111/indicacao_740_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que estude a possibilidade de realizar uma fiscalização severa, acerca do mau uso dos veículos da Prefeitura Municipal de Mangaratiba.</t>
   </si>
   <si>
     <t>11169</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11169/indicacao_758_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11169/indicacao_758_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizada fiscalização estrutural do viaduto de Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>9912</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9912/mensagem_22_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9912/mensagem_22_2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta o artigo 332 da Lei Orgânica do município de Mangaratiba, que trata do ingresso de veículos de fretamento turístico no município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10779/projeto_de_decreto_01_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10779/projeto_de_decreto_01_2021.pdf</t>
   </si>
   <si>
     <t>Ofício TCE que encaminha o Parecer Prévio Contrário às contas de Governo do Chefe do Poder Executivo do exercício de 2019.</t>
   </si>
   <si>
     <t>9191</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9191/pl_22.2021_-_jf.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9191/pl_22.2021_-_jf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do alvará de funcionamento de empresas e postos estabelecidos no Município de Mangaratiba que revenderem combustíveis adulterados e dá outras providências.</t>
   </si>
   <si>
     <t>9335</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9335/pl_34_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9335/pl_34_2021.pdf</t>
   </si>
   <si>
     <t>Determina que os serviços de entrega de materiais, condimentos alimentícios e demais produtos adquiridos pelo Poder Público, tenham registro fotográfico na entrega e dá outras providências.</t>
   </si>
   <si>
     <t>9969</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9969/pl_65_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9969/pl_65_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe no âmbito no Município de Mangaratiba sobre a proibição e punição de quem mantém animais domésticos acorrentados e em espaços confinados e dá outras providências.</t>
   </si>
   <si>
     <t>9971</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as infrações administrativas e sanções derivadas de condutas atentatórias que extrapolem meros aborrecimentos a profissionais da Educação no exercício ou em razão de sua função.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituir o Programa que evita a multa e apreensão de mercadorias de vendedores ambulantes sem que haja aviso prévio para adequação e dá outras providências.</t>
   </si>
   <si>
     <t>8965</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8965/pr_01.2021_-_hg.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8965/pr_01.2021_-_hg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão Permanente de Ciência, Tecnologia, Inovação e Empreendedorismo e dá outras providências.</t>
   </si>
   <si>
     <t>10619</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Cecília Cabral, Hugo Graçano, Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10619/pr_12_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10619/pr_12_2021.pdf</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo Mangaratiba, no âmbito da Câmara Municipal de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>10559</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10559/pr_17_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10559/pr_17_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão Permanente – Comissão de Defesa e Proteção dos Animais e dá outras providências.</t>
   </si>
   <si>
     <t>9305</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requerimento retirado pelo autor, com aprovação do Plenário, no mesmo dia em que foi ao Expediente, na Sessão de 08/04/2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -720,68 +720,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8972/ind_07.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9050/indicacao_53_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9103/indicacao_82_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9128/indicacao_108_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9135/indicacao_115_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9988/indicacao_453_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10673/indicacao_670_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10865/indicacao_698_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11110/indicacao_739_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11111/indicacao_740_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11169/indicacao_758_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9912/mensagem_22_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10779/projeto_de_decreto_01_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9191/pl_22.2021_-_jf.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9335/pl_34_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9969/pl_65_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8965/pr_01.2021_-_hg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10619/pr_12_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10559/pr_17_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8972/ind_07.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9050/indicacao_53_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9103/indicacao_82_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9128/indicacao_108_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9135/indicacao_115_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9988/indicacao_453_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10673/indicacao_670_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10865/indicacao_698_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11110/indicacao_739_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11111/indicacao_740_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11169/indicacao_758_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9912/mensagem_22_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10779/projeto_de_decreto_01_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9191/pl_22.2021_-_jf.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9335/pl_34_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9969/pl_65_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11103/pl_128_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8965/pr_01.2021_-_hg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10619/pr_12_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10559/pr_17_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>