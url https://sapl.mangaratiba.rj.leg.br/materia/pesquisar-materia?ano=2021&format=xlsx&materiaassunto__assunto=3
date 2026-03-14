--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -54,450 +54,450 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9008</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9008/indicacao_26_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9008/indicacao_26_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito, em caráter de urgência, que entre em contato com as secretarias competentes no sentido de providenciar a expansão da Escola Municipal Vale do Rio Sahy, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>9126</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9126/indicacao106_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9126/indicacao106_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que entre em contato com os órgãos competentes, a fim de que seja incluído no calendário oficial de eventos de Mangaratiba o PLIM (Pesca literária de Mangaratiba) no mês de novembro.</t>
   </si>
   <si>
     <t>9242</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Hugo Graçano</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9242/indicacao_189_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9242/indicacao_189_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que estude a viabilidade de restauração dos pontos de WI-FI nas praças do município.</t>
   </si>
   <si>
     <t>9262</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9262/indicacao_190_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9262/indicacao_190_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que estude a possibilidade de implantar uma Faculdade no período noturno no CIEP 294 Cândido Jorge Capixaba, com o objetivo de oferecer educação superior no Município.</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Dori Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9286/indicacao_204_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9286/indicacao_204_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja analisada a possibilidade de estender o Projeto Praças Conectadas, para a Praça de Ibicuí, próximo ao antigo clube, Mangaratiba – 1º Distrito.</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9290/indicacao_208_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9290/indicacao_208_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja feita a criação no âmbito da Secretaria Municipal de Educação, o curso preparatório para concursos públicos municipais.</t>
   </si>
   <si>
     <t>9457</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Dr. Mair</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9457/indicacao_287_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9457/indicacao_287_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a criação de curso em Braile e Libras paras as pessoas com deficiência visual e auditiva em parceria com instituições e universidades a fim de oferta-las aos Munícipes de Mangaratiba.</t>
   </si>
   <si>
     <t>9485</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9485/indicacao_302_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9485/indicacao_302_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado, em caráter de urgência, a criação de um sistema de monitoramento com câmeras na Escola Victor de Souza Breves, Mangaratiba – 1º Distrito.</t>
   </si>
   <si>
     <t>9626</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9626/indicacao_369_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9626/indicacao_369_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que se proceda, na medida do possível, a obrigatoriedade, na hora da matrícula e rematrícula escolar, a apresentação da carteira de vacinação em dia, dos alunos municipais,</t>
   </si>
   <si>
     <t>9878</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9878/ind_418.2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9878/ind_418.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que estude a possibilidade junto com a secretaria competente para que seja implantado o ENSINO HÍBRIDO no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>9986</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>Josué Té</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9986/indicacao_451_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9986/indicacao_451_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito a construção de uma creche no Sahy, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>10181</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10181/indicacao_516_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10181/indicacao_516_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciado nas escolas de nosso município um profissional capacitado em crianças especiais em TEA (Transtorno de Espectro Altista), TGD (Transtornos Globais de Desenvolvimento), Síndrome de Down, entre outras.</t>
   </si>
   <si>
     <t>10185</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>Leandro de Paula</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10185/indicacao_520_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10185/indicacao_520_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja disponibilizado curso de libras para os Servidores Públicos do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>10330</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10330/indicacao_540_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10330/indicacao_540_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja providenciada a inclusão de aulas de Judô na grade escolar.</t>
   </si>
   <si>
     <t>11216</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11216/indicacao_657_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11216/indicacao_657_2021.pdf</t>
   </si>
   <si>
     <t>Que sejam estabelecidos contatos com o Governo do Estado do Rio de Janeiro e a Fundação CECIERJ a fim de que seja trazido o “Pré-Vestibular Expresso” para Mangaratiba, celebrando-se o devido termo de cooperação técnica</t>
   </si>
   <si>
     <t>11257</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>João Felippe</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11257/indicacao_782_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11257/indicacao_782_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja analisada a possibilidade de incluir no processo licitatório do transporte universitário, o trajeto até a Universidade Federal Rural do Rio Janeiro, no turno noturno.</t>
   </si>
   <si>
     <t>11424</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11424/indicacao_801_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11424/indicacao_801_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que, na medida do possível, seja encaminhada a Secretaria de competência que se cumpra a Lei 1233/2019, que institui a Criação e Regulamentação de um Centro de Capacitação Profissional no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>9477</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9477/mensagem_16_2021_com_alteracao.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9477/mensagem_16_2021_com_alteracao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 574 de 22 de junho de 2007, que dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Conselho do FUNDEB.</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8960/pl_02.2021_-_hg.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8960/pl_02.2021_-_hg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituir o Programa Professor e-Digital em ambientes e plataformas online nas escolas de ensino fundamental e médio do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9334/pl_33_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9334/pl_33_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza criação no âmbito da Secretaria Municipal de Educação, o curso preparatório para concursos públicos e dá outras providências.</t>
   </si>
   <si>
     <t>9970</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Nilton Santiago</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9970/pl_66_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9970/pl_66_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Público Municipal a instaurar o Programa de Conhecimento Básico e Prestação de Primeiros Socorros aos professores e funcionários responsáveis pelas crianças e adolescentes da rede pública de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>9971</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as infrações administrativas e sanções derivadas de condutas atentatórias que extrapolem meros aborrecimentos a profissionais da Educação no exercício ou em razão de sua função.</t>
   </si>
   <si>
     <t>10163</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Alessandro Portugal</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10163/pl_75_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10163/pl_75_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, no âmbito das escolas desse município que atendam o Ensino Fundamental, do programa chamado “Caça Talentos”.</t>
   </si>
   <si>
     <t>10385</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10385/pl_90_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10385/pl_90_2021.pdf</t>
   </si>
   <si>
     <t>Institui as Olimpíadas Escolares na rede municipal de ensino no âmbito do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>10551</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10551/pl_103_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10551/pl_103_2021.pdf</t>
   </si>
   <si>
     <t>Institui implementar matrícula do CES como modalidade em todas as unidades da rede Municipal.</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10653/pl_114_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10653/pl_114_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia assegurada aos pais ou responsáveis legais por pessoas com deficiência, de fazer coincidir seu período de férias, com o período das férias escolares e dá outras providências.</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10963/pl_118_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10963/pl_118_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de conceitos de Educação Financeira na Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>10708</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf</t>
   </si>
   <si>
     <t>Institui a criação do Programa “A Escola vai à Câmara” e dá outras providências.</t>
   </si>
   <si>
     <t>9303</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, SAÚDE, AÇÃO SOCIAL E MEIO AMBIENTE</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9303/requerimento_03_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9303/requerimento_03_2021.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de Audiência Pública no âmbito da Comissão de Educação, Saúde, Ação Social e Meio Ambiente, para atender ao Ofício nº93/21 – 2ª PJTC do Ministério Público do Rio de Janeiro, para o cumprimento do Plano Municipal de Educação e sua adequação ao PNE (Plano Nacional de Educação), a ser determinado o dia e a hora específicos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -804,68 +804,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9008/indicacao_26_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9126/indicacao106_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9242/indicacao_189_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9262/indicacao_190_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9286/indicacao_204_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9290/indicacao_208_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9457/indicacao_287_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9485/indicacao_302_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9626/indicacao_369_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9878/ind_418.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9986/indicacao_451_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10181/indicacao_516_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10185/indicacao_520_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10330/indicacao_540_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11216/indicacao_657_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11257/indicacao_782_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11424/indicacao_801_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9477/mensagem_16_2021_com_alteracao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8960/pl_02.2021_-_hg.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9334/pl_33_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9970/pl_66_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10163/pl_75_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10385/pl_90_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10551/pl_103_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10653/pl_114_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10963/pl_118_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9303/requerimento_03_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9008/indicacao_26_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9126/indicacao106_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9242/indicacao_189_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9262/indicacao_190_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9286/indicacao_204_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9290/indicacao_208_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9457/indicacao_287_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9485/indicacao_302_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9626/indicacao_369_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9878/ind_418.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9986/indicacao_451_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10181/indicacao_516_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10185/indicacao_520_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10330/indicacao_540_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11216/indicacao_657_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11257/indicacao_782_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11424/indicacao_801_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9477/mensagem_16_2021_com_alteracao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8960/pl_02.2021_-_hg.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9334/pl_33_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9970/pl_66_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9971/pl_67_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10163/pl_75_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10385/pl_90_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10551/pl_103_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10653/pl_114_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10963/pl_118_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10708/pr_28_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9303/requerimento_03_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>