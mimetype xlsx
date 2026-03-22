--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,243 +54,243 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8948</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Alan Campos da Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8948/msg_04.2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8948/msg_04.2021.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei 028/2020 de autoria do Sr. Vereador Fernando do Zé Luiz do Posto que “Dispõe sobre o direito de permanência de edificações na faixa não edificável contígua à faixa de domínio público de rodovias e a redução da extensão dessa faixa não edificável, e dá outras providências”.</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/msg_06.2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/msg_06.2021.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei 035/2020 de autoria do Sr. Vereador Wlad da Pesca que “Estabelece o adjetivo gentílico “Mangaratibense” aos cidadãos do município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>9333</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9333/msg_17_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9333/msg_17_2021.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei 21/2021 de autoria do Vereador Dr. Mair que “Autoriza o Poder Executivo a doar, do patrimônio público municipal macas e outros mobiliários hospitalares para pessoas portadoras de necessidades e dá outras providências”.</t>
   </si>
   <si>
     <t>9914</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9914/mensagem_24_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9914/mensagem_24_2021.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei 04/2021 de autoria da Ver. Cecília Cabral que inclui no Calendário Oficial de Eventos do Município de Mangaratiba a Festa do Trabalhador, todo dia 1º de maio e dá outras providências.</t>
   </si>
   <si>
     <t>10381</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10381/mensagem_32_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10381/mensagem_32_2021.pdf</t>
   </si>
   <si>
     <t>Capeia Veto Parcial de autoria do Chefe do Poder Executivo Municipal a Mensagem 026/2021 – Emenda Modificativa 001/2021 e Emenda Aditiva 001/2021.</t>
   </si>
   <si>
     <t>10382</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10382/mensagem_33_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10382/mensagem_33_2021.pdf</t>
   </si>
   <si>
     <t>Capeia Veto de autoria do Chefe do Poder Executivo Municipal ao Projeto de Lei 014/2021 de autoria do Sr. Vereador Leandro de Paula que “Autoriza a criação de uma sala de descompressão, para ser utilizada pelos profissionais da enfermagem nas unidades de saúde do município de Mangaratiba”.</t>
   </si>
   <si>
     <t>10495</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10495/mensagem_37_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10495/mensagem_37_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 022/2021 de autoria do Sr. Vereador João Felippe que “Dispõe sobre a cassação do alvará de funcionamento de empresas e postos estabelecidos no município que revenderem combustíveis adulterados e dá outras providências”.</t>
   </si>
   <si>
     <t>10496</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10496/mensagem_38_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10496/mensagem_38_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 029/2021 de autoria do Sr. Vereador Alessandro Portugal que “Dispõe sobre a obrigatoriedade de instalação de recipientes contendo álcool gel antisséptico ou produtos similares no interior dos transportes públicos coletivos, nas dependências de rodoviárias, pontos de taxi, terminais marítimos, no âmbito do município de Mangaratiba, e dá outras providências”.</t>
   </si>
   <si>
     <t>10497</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10497/mensagem_39_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10497/mensagem_39_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 033/2021 de autoria do Sr. Vereador Hugo Graçano que “Autoriza criação no âmbito da Secretaria Municipal de Educação, o curso preparatório para concursos públicos e dá outras providências”.</t>
   </si>
   <si>
     <t>10498</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10498/mensagem_40_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10498/mensagem_40_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 046/2021 de autoria do Sr. Vereador Dr. Mair que “Torna obrigatório que as concessionárias de serviços públicos de água, gás e energia elétrica a opção de pagamento, via débito ou crédito, no momento da suspenção do serviço, e dá outras providências”.</t>
   </si>
   <si>
     <t>10548</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10548/mensagem_41_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10548/mensagem_41_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto ao Projeto de Lei 049/2021 de autoria do Sr. Vereador João Felippe que “Reconhece e denomina Logradouro Público Municipal, sob a denominação que menciona, e dá outras providências – Estação Turística Mauria Fernandes Ceia”. (Estação Turística de Conceição de Jacareí)</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10959/mensagem_42_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10959/mensagem_42_2021.pdf</t>
   </si>
   <si>
     <t>Capeia Veto ao Projeto de Lei 002/2021 de autoria do Sr. Vereador Hugo Graçano que “Dispõe sobre instituir o Programa Professor E-Digital em ambientes e plataformas online nas escolas de ensino fundamental e médio do Município de Mangaratiba”.</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10781/mensagem_43_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10781/mensagem_43_2021.pdf</t>
   </si>
   <si>
     <t>Capeia Veto Total ao Projeto de Lei 013/2021 de autoria da Sra. Vereadora Cecília Cabral que “Dispõe sobre a doação do alimento escolar municipal para os alunos das famílias de baixa renda”.</t>
   </si>
   <si>
     <t>11274</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11274/msg_47_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11274/msg_47_2021.pdf</t>
   </si>
   <si>
     <t>Capeia Veto ao Projeto de Lei 051/2021 de autoria dos Vereadores Professor Rento Fifiu e Doriedson Thimoteo Costa.</t>
   </si>
   <si>
     <t>11362</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11362/mensagem_53_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11362/mensagem_53_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 017/2021 de autoria do Senhor Vereador Rômulo Carcará que "Dispõe sobre a criação de um centro clínico veterinário e serviços de atendimento médico veterinário público no município de Mangaratiba e dá outras providências".</t>
   </si>
   <si>
     <t>11363</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11363/mensagem_54_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11363/mensagem_54_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 032/2021 de autoria do Senhor Vereador Leandro de Paula que "Dispõe sobre a instalação de pontos de recarga elétrica para veículos elétricos ou híbridos nos novos empreendimentos imobiliários residenciais, comerciais e mistos no âmbito do Município de Mangaratiba".</t>
   </si>
   <si>
     <t>11364</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11364/mensagem_55_2021.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11364/mensagem_55_2021.pdf</t>
   </si>
   <si>
     <t>Capeia o Veto Total ao Projeto de Lei 038/2021 de autoria dos Senhores Vereadores Alessandro Portugal e Nilton Santiago que “Dispõe sobre a instalação de barreiras de contenção de resíduos, manutenção, coleta e controle de descarte de poluentes em rios, cachoeiras e seus afluentes em todo o território municipal".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -597,68 +597,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8948/msg_04.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/msg_06.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9333/msg_17_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9914/mensagem_24_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10381/mensagem_32_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10382/mensagem_33_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10495/mensagem_37_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10496/mensagem_38_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10497/mensagem_39_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10498/mensagem_40_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10548/mensagem_41_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10959/mensagem_42_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10781/mensagem_43_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11274/msg_47_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11362/mensagem_53_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11363/mensagem_54_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11364/mensagem_55_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8948/msg_04.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/msg_06.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9333/msg_17_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/9914/mensagem_24_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10381/mensagem_32_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10382/mensagem_33_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10495/mensagem_37_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10496/mensagem_38_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10497/mensagem_39_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10498/mensagem_40_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10548/mensagem_41_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10959/mensagem_42_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/10781/mensagem_43_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11274/msg_47_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11362/mensagem_53_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11363/mensagem_54_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2021/11364/mensagem_55_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>