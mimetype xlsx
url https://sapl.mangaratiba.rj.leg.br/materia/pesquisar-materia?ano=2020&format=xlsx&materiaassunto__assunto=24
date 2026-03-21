--- v0 (2025-12-09)
+++ v1 (2026-03-21)
@@ -54,246 +54,246 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8392</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8392/indicacao_08_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8392/indicacao_08_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 541/2018 - Colocação de corrimão da Praia da Várzea para Praia do Catita na Ilha de Jaguanum, Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>8400</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8400/indicacao_16_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8400/indicacao_16_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 60/2017 - manutenção da Estrada de Rubião, na Serra do Piloto - 5º Distrito.</t>
   </si>
   <si>
     <t>8443</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8443/indicacao_33_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8443/indicacao_33_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 530/2019 - Indica ao Exmo Sr. Prefeito a recuperação da Rua Edgard Bertino, antiga Rua B, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>8434</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8434/indicacao_37_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8434/indicacao_37_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 341/2019 - Indica ao Exmo Sr. Prefeito, em regime de urgência, a aplicação de grama sintética no campo society da Rua José Ramalho, em frente ao posto de saúde Itacurubitiba, em Conceição de Jacareí - 2º distrito.</t>
   </si>
   <si>
     <t>8448</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Edu Jordão</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8448/indicacao_43_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8448/indicacao_43_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 309/2017 - Indica ao Exmo Sr. Prefeito que seja providenciada em caráter de urgência, junto à secretaria competente, a construção de um ponto de ônibus na Estrada São João Marcos - esquina com o Morro do Golfinho, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8450</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8450/indicacao_46_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8450/indicacao_46_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 09/2018 - Indica ao Exmo Sr. Prefeito a LIMPEZA DE TODOS OS BUEIROS E BOCAS DE LOBO DA RUA DA PALHA, EM MANGARATIBA - 1º DISTRITO, COM NIVELAMENTO DAS MANILHAS SE FOR NECESSÁRIO PARA O ESCOAMENTO DA ÁGUA.</t>
   </si>
   <si>
     <t>8452</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8452/indicacao_48_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8452/indicacao_48_2020.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO 310/2017 - INDICA AO EXMO SR. PREFEITO OBRA DE REPARO PARA ESCOAMENTO DAS ÁGUAS NA RUA JASMIM, NOVA MANGARATIBA, 1º DISTRITO.</t>
   </si>
   <si>
     <t>8459</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8459/indicacao_55_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8459/indicacao_55_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 22/2019 - Indica ao Exmo Sr. Prefeito que seja desenvolvido  um projeto de urbanização com calçamento, tratamento de esgoto e paisagismo na Praia Pequena, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8460</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8460/indicacao_56_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8460/indicacao_56_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 367/2019 - Indica ao Exmo Sr. Prefeito a revitalização e paisagismo no Estacionamento da Praia Pequena, Sahy, em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8468</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8468/indicacao_64_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8468/indicacao_64_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 742/2019 - Indica ao Exmo Sr. Prefeito, em caráter de urgência, um projeto de acessibilidade para a Biblioteca Municipal de Mangaratiba, localizada no 1º Distrito.</t>
   </si>
   <si>
     <t>8473</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8473/indicacao_65_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8473/indicacao_65_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 102/2018 - Indica ao Exmo Sr. Prefeito que seja providenciado ponto de ônibus no Apara, sentido Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8475</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Helder Rangel</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8475/indicacao_67_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8475/indicacao_67_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 684/2017 - Indica ao Exmo Sr. Prefeito que seja feita a iluminação completa da escadaria que liga a RJ-14, na Biquinha, até à Rodovia BR-101, próxima à Cachoeira 2, em Muriqui - 4º Distrito.</t>
   </si>
   <si>
     <t>8487</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8487/indicacao_82_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8487/indicacao_82_2020.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação 301/2019 - Indica ao Exmo Sr. prefeito que providencie mutirão de limpeza nas áreas do município com acúmulo de lixo.</t>
   </si>
   <si>
     <t>8658</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8658/ind_112.2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8658/ind_112.2020.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação 51/2019 - Indica ao Exmo Sr. Prefeito que em caráter de urgência viabilize projeto de revitalização do Cais de Itacuruçá (3º Distrito), onde fica localizado o Centro Turístico de informações.</t>
   </si>
   <si>
     <t>8715</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8715/ind_143.20_-_reitera_674.17.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8715/ind_143.20_-_reitera_674.17.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO 674/2017 - INDICA AO EXMO SR. PREFEITO, QUE EM CARÁTER DE URGÊNCIA DESENVOLVA UM PROJETO DE CONSTRUÇÃO DE UM PARQUE INFANTIL, NA PRAIA PEQUENA, EM MANGARATIBA - 1º DISTRITO.</t>
   </si>
   <si>
     <t>8852</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8852/indicacao_173_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8852/indicacao_173_2020.pdf</t>
   </si>
   <si>
     <t>REITERA a Indicação 47/2020 - que, em caráter de urgência, seja instalada de uma guarita para monitoramento da Guarda Municipal na entrada da localidade Ingaíba, em Mangaratiba - 1º Distrito.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -600,67 +600,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8392/indicacao_08_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8400/indicacao_16_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8443/indicacao_33_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8434/indicacao_37_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8448/indicacao_43_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8450/indicacao_46_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8452/indicacao_48_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8459/indicacao_55_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8460/indicacao_56_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8468/indicacao_64_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8473/indicacao_65_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8475/indicacao_67_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8487/indicacao_82_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8658/ind_112.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8715/ind_143.20_-_reitera_674.17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8852/indicacao_173_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8392/indicacao_08_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8400/indicacao_16_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8443/indicacao_33_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8434/indicacao_37_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8448/indicacao_43_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8450/indicacao_46_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8452/indicacao_48_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8459/indicacao_55_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8460/indicacao_56_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8468/indicacao_64_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8473/indicacao_65_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8475/indicacao_67_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8487/indicacao_82_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8658/ind_112.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8715/ind_143.20_-_reitera_674.17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8852/indicacao_173_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="236" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>