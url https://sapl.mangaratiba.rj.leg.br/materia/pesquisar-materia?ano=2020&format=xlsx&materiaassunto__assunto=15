--- v0 (2025-12-09)
+++ v1 (2026-03-10)
@@ -54,150 +54,150 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8419</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8419/indicacao_21_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8419/indicacao_21_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao exmo Sr. Prefeito a construção de uma área recreativa ao lado do campo de futebol do Rubião, na Serra do Piloto, 5º Distrito.</t>
   </si>
   <si>
     <t>8423</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8423/indicacao_26_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8423/indicacao_26_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a construção de um espaço recreativo dentro da área do Campo de Futebol Society de Itacurubitiba, localizado na Rua José Ramalho, em frente ao Posto de Saúde, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>8435</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8435/indicacao_38_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8435/indicacao_38_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que seja realizado, no primeiro domingo de cada mês, uma feira livre no Parque de Exposições de Mangaratiba, situado no 1º Distrito.</t>
   </si>
   <si>
     <t>8461</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8461/indicacao_57_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8461/indicacao_57_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a inclusão da corrida Kids no dia 01 de maio dia da tradicional Corrida do Trabalhador do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>8553</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8553/ind_95.2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8553/ind_95.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito, em caráter de urgência, que providencie a revitalização com construção de de uma área de lazer onde localiza-se o monumento do Cristo, localizado na ladeira Dona Cecília (Morro do Cristo), em Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8643</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8643/ind_100.20.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8643/ind_100.20.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja estudado a viabilidade da construção de uma cobertura com mesas e bancos na Praça do Sapo, em Itacuruçá - 3º Distrito.</t>
   </si>
   <si>
     <t>8720</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Rodrigo Bondim</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8720/ind_151.20.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8720/ind_151.20.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada a instalação de um Parquinho para recreação infantil na Rua Massaranduba, localizada na Nova Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8680</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8680/pl_31_2020_ver_rodrigo_bondim.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8680/pl_31_2020_ver_rodrigo_bondim.pdf</t>
   </si>
   <si>
     <t>Faz interdição de Logradouro Público e dá outras providências - Rua Nações Unidas, Muriqui - 4º Distrito.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -504,67 +504,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8419/indicacao_21_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8423/indicacao_26_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8435/indicacao_38_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8461/indicacao_57_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8553/ind_95.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8643/ind_100.20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8720/ind_151.20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8680/pl_31_2020_ver_rodrigo_bondim.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8419/indicacao_21_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8423/indicacao_26_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8435/indicacao_38_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8461/indicacao_57_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8553/ind_95.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8643/ind_100.20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8720/ind_151.20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8680/pl_31_2020_ver_rodrigo_bondim.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="219.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>