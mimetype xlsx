--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -54,138 +54,138 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8481</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8481/indicacao_76_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8481/indicacao_76_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito que em caráter de urgência entre em contato com as secretarias competentes, para que seja colocado uma estrutura de ferro para colocação de Banner para divulgação do “Quarteirão Cultural” que fica localizado na rua da praça principal de Itacuruçá (3º Distrito), tendo como ponto de referência a Igreja.</t>
   </si>
   <si>
     <t>8662</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8662/ind_116.2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8662/ind_116.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que, em caráter de urgência, seja realizada a revitalização artística na subida do bairro Morro do Cristo, Mangaratiba - 1º Distrito.</t>
   </si>
   <si>
     <t>8712</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Juninho de Jacareí</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8712/ind_146.20.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8712/ind_146.20.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a instalação de palmeiras na Rua Projetada, em Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>8713</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8713/indicacao_147_2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8713/indicacao_147_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr. Prefeito a instalação de uma placa de "Bem-Vindo a Conceição de Jacareí" na praça Carlota Garcia Jordão, localizada no 2º Distrito.</t>
   </si>
   <si>
     <t>8719</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8719/ind_150.20.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8719/ind_150.20.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito que seja realizada a instalação de um quiosque de informações turísticas no Cais de Conceição de Jacareí - 2º Distrito.</t>
   </si>
   <si>
     <t>8525</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Humberto Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8525/pl_20_2020_ver_humberto_reconhece_o_peixe_com_banana_como_prato_tipico_da_culinaria_do_municipio_de_mangaratiba.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8525/pl_20_2020_ver_humberto_reconhece_o_peixe_com_banana_como_prato_tipico_da_culinaria_do_municipio_de_mangaratiba.pdf</t>
   </si>
   <si>
     <t>Reconhece o peixe com banana como prato típico da culinária do município de Mangaratiba.</t>
   </si>
   <si>
     <t>8541</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Edu Jordão</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8541/pl_22.2020.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8541/pl_22.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ordenamento turístico do Cais de Conceição de Jacareí e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -492,67 +492,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8481/indicacao_76_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8662/ind_116.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8712/ind_146.20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8713/indicacao_147_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8719/ind_150.20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8525/pl_20_2020_ver_humberto_reconhece_o_peixe_com_banana_como_prato_tipico_da_culinaria_do_municipio_de_mangaratiba.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8541/pl_22.2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8481/indicacao_76_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8662/ind_116.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8712/ind_146.20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8713/indicacao_147_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8719/ind_150.20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8525/pl_20_2020_ver_humberto_reconhece_o_peixe_com_banana_como_prato_tipico_da_culinaria_do_municipio_de_mangaratiba.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2020/8541/pl_22.2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="190.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="189.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>