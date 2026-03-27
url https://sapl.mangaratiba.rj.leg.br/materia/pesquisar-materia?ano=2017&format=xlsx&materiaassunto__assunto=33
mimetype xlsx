--- v0 (2025-12-13)
+++ v1 (2026-03-27)
@@ -54,558 +54,558 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2420/2420_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2420/2420_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA REALIZADO O DESASSOREAMENTO DO CANAL DO LEITÃO, NO BAIRRO EL RANCHTO, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 734/2017 E 83/2019.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Professor Renato Fifiu</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2472/2472_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2472/2472_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA EFETUADA A MANUTENÇÃO DA ESTRADA DO RUBIÃO, NA SERRA DO PILOTO, 5º DISTRITO. REITERADA PELAS INDICAÇÕES 179/2018 E 16/2020.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2473/2473_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2473/2473_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA PROVIDENCIADO O REPARO NO ASFALTO DO TRECHO DA RJ-14, QUE LIGA MURIQUI (4º DISTRITO) A ITACURUÇÁ (3º DISTRITO). REITERADA PELAS INDICAÇÕES 306/2018 E 372/2019.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Wlad da Pesca</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2486/2486_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2486/2486_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO EM CARÁTER DE URGÊNCIA, O REPARO E COMPLEMENTO DA CALÇADA EM TODA A SUA EXTENSÃO, ENTRE OS BAIRROS SAHY E PRAIA DO APARA, NA ESTRADA RJ-14 (EM AMBOS OS LADOS), EM MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 331/2019.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Helder Rangel</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2491/2491_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2491/2491_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A REFORMA DO CAIS DA PRAIA DO SUL, NA ILHA DE JAGUANUM, ITACURURÇÁ - 3º DISTRITO. REITERADA PELA INDICAÇÃO 50/2018.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2522/2522_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2522/2522_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, QUE VIABILIZE ELABORAÇÃO DE PROJETO DE REVITALIZAÇÃO DO MERCADO MUNICIPAL DE MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 66/2018 E 183/2019.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2523/2523_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2523/2523_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, QUE VIABILIZE ELABORAÇÃO DE PROJETO DE REVITALIZAÇÃO DO CAIS DE ITACURUÇÁ (3º DISTRITO), ONDE FICA LOCALIZADO O CENTRO TURÍSTICO DE INFORMAÇÕES. REITERADA PELAS INDICAÇÕES 72/2018, 51/2019 E 112/2020.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2542/2542_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2542/2542_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, O DESENTUPIMENTO DAS MANILHAS PARA O ESCOAMENTO DAS ÁGUAS PLUVIAIS, NO VALÃO DA RUA ACRE, NA PRAIA DO SACO, EM MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 784/2019.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2583/2583_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2583/2583_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A REFORMA DO POSTO DE SAÚDE DO EL RANCHITO, MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 476/2018.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Edu Jordão</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2596/2596_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2596/2596_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER  DE URGÊNCIA, A REFORMA GERAL DA QUADRA POLIESPORTIVA ELY FERREIRA CEIA EM CONCEIÇÃO DE JACAREÍ - 2º DISTRITO. REITERADA PELAS INDICAÇÕES 96/2018 E 442/2019.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2615/2615_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2615/2615_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE A QUADRA DE FUTEBOL NA PRAÇA ROBERT SIMÕES (MANGARATIBA - 1º DISTRITO) SEJA TRANSFORMADA EM UMA QUADRA POLIESPORTIVA. REITERADA PELA INDICAÇÃO 288/2018.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2636/2636_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2636/2636_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO REPAROS NA QUADRA DE ESPOTES DA DEFESA CIVIL, SITUADA A RUA SÃO LUIZ, NA PRAIA DO SACO, ATRÁS DO QUARTEL DO CORPO DE BOMBEIROS, EM MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 174/2018.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2656/2656_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2656/2656_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMO SR. PREFEITO  A POSSIBILIDADE DE FAZER REFORMAS NA QUADRA DE ESPORTES DO CENTRO DE MANGARATIBA, 1º DISTRITO. REITERADA PELA INDICAÇÃO 441/2018.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2674/2674_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2674/2674_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A MANUTENÇÃO DO CALÇAMENTO NA RUA DO CRAVO, BAIRRO NOVA MANGARATIBA, MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 64/2018 E 435/2018.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2686/2686_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2686/2686_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A REFORMA DA QUADRA DE ESPORTES  COM CONSTRUÇÃO DE BANHEIROS E VESTIÁRIO, COM TROCA DE ALAMBRADO E TROCA DO PISO, NA PRAÇA PROFESSORA OLINDA BERTINO MACIEL, CONHECIDA COMO PRAÇA DO TENÓRIO, EM MURIQUI, 4º DISTRITO. REITERADA PELAS INDICAÇÕES 101/2018 E 184/2019.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2691/2691_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2691/2691_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A MANUTENÇÃO DA QUADRA DA PRAÇA CAP. ARISTIDES BRITO, EM FRENTE AO COLÉGIO ESTADUAL JOÃO PAULO II, EM MANGARATIBA, 1º DISTRITO. REITERADA PELAS INDICAÇÕES 797/2017 E 442/2018.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2725/2725_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2725/2725_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO OBRA DE REPARO PARA ESCOAMENTO DAS ÁGUAS NA RUA JASMIM, NOVA MANGARATIBA, 1º DISTRITO. REITERADA PELAS INDICAÇÕES 111/2018 E 48/2019.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2737/2737_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2737/2737_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A LIMPEZA DA GALERIA DA AVENIDA LITORÂNEA, NA ALTURA DA ESCOLA MARIA AUGUSTA LOPES, CENTRO DE MANGARATIBA, 1º DISTRITO. REITERADA PELA INDICAÇÃO 249/2019.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2748/2748_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2748/2748_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A MANUTENÇÃO DO CORRIMÃO E CANALETAS NA ESCADARIA MARIA RITA DOS SANTOS, QUE LIGA O BAIRRO PARQUE BELA VISTA E ESTRADA RJ-14, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 298/2019 E 378/2019.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2752/2752_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2752/2752_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA FEITA A MANUTENÇÃO DO PARQUINHO MUNICIPAL DO CENTRO DE MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 484/2018.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2760/2760_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2760/2760_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A REFORMA DE BRINQUEDOS QUE ENCONTRAM-SE NA ÁREA EXTERNA DA QUADRA DE ESPORTES ELY FERREIRA CEIA, LOCALIZADA EM CONCEIÇÃO DE JACAREÍ, 2º DISTRITO. REITERADA PELA INDICAÇÃO 443/2019.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2815/2815_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2815/2815_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA REALIZADA OBRAS DE MELHORIA E DE MANUTENÇÃO NA ESTRUTURA DO LOCAL ONDE FUNCIONA O SAMU EM MANGARATIBA. REITERADA PELA INDICAÇÃO 369/2019.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2841/2841_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2841/2841_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A MELHORIA, COM OPERAÇÃO TAPA-BURACOS, NA ESTRADA DA CACHOEIRA, NO VALE DO RIO SAHY, MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 362/2018.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Emilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2877/2877_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2877/2877_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A REFORMA DO CRAS - CENTRO DE REFERÊNCIA EM ASSISTÊNCIA SOCIAL, NA SERRA DO PILOTO - 5º DISTRITO. REITERADA PELA INDICAÇÃO 262/2019.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2894/2894_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2894/2894_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO O DESENRONCAMENTO DA BOCA DA BARRA, PRAIA DO SACO, MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 100/2018.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2902/2902_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2902/2902_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A VIABILIZAÇÃO DE UM PROJETO DE REVITALIZAÇÃO DO PARQUE INFANTIL NA LOCALIDADE CONHECIDA COMO ACAMPAMENTO, EM MANGARATIBA, 1º DISTRITO. REITERADA PELAS INDICAÇÕES 335/2018 E 683/2019.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2925/2925_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2925/2925_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A CONTENÇÃO NA ENCOSTA DO PAREDÃO DE PEDRA DA RUA ARTHUR PIRES, NA ALTURA DO MERCADO MUNICIPAL, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 42/2018 E 81/2019.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2927/2927_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2927/2927_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, O REPARO NA RUA RIO GRANDE DO SUL COM MINAS GERAIS, NA PRAIA DO SACO, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 381/2018 E 792/2019.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2936/2936_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2936/2936_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA SOLUCIONADO O PROBLEMA DO ESGOTO A CÉU ABERTO NA ESTRADA RJ-14, NA ALTURA DA CASA DE RAÇÃO, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 475/2018 E 82/2019.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2937/2937_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2937/2937_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, O CONSERTO DO BURACO NO QUEBRA-MAR NA AV. RIO DE JANEIRO (AV. JOSÉ ANTÔNIO DA COSTA), EM FRENTE AO COLÉGIO ESTADUAL JOÃO PAULO II, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 115/2018 E 428/2018.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2940/2940_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2940/2940_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO O REPARO NA GRADE DA REDE PLUVIAL DA TOCA DA VELHA, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 394/2018 E 599/2019.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A MANUTENÇÃO COM CALCETEIRO DAS RUAS DE PARALELEPÍPEDO NO CENTRO DE MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 99/2018.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO O REPARO DA ILUMINAÇÃO EXTERNA EMBUTIDA NO PISO EM TORNO DA IGREJA NOSSA SENHORA DA GUIA, NO CENTRO DE MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 225/2019.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3438/3438_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3438/3438_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A REFORMA DO MONUMENTO DO CRISTO LOCALIZADO NO BAIRRO DO MORRO DO CRISTO, EM MANGARATIBA - 1º DISTRITO, E A MANUTENÇÃO DA ILUMINAÇÃO DO MESMO. REITERADA PELAS INDICAÇÕES 383/2018 E 798/2019.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3448/3448_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3448/3448_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, O REPARO DA GRADE DO BUEIRO NA RUA PUREZA, NA ENTRADA DO BAIRRO DO APARA, EM MANGARATIBA - 1º DISTRITO. Reiterada pela Indicação 65/2019.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3585/3585_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3585/3585_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO A LIMPEZA DE TODOS OS BUEIROS E BOCAS DE LOBO DA RUA MANAUS, NA PRAIA DO SACO (MANGARATIBA - 1º DISTRITO), COM NIVELAMENTO DAS MANILHAS SE FOR NECESSÁRIO, PARA O ESCOAMENTO DA ÁGUA. REITERADA PELAS INDICAÇÕES 52/18 E 15/2019.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3586/3586_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3586/3586_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, ENTRE EM CONTATO COM OS ORGÃOS COMPETENTES, NO SENTIDO DE VIABILIZAR A RECUPERAÇÃO DO CRUZEIRO, QUE FICAVA LOCALIZADO EM FRENTE A IGREJA NOSSA SENHORA DA GUIA, CENTRO DE MANGARATIBA -  1º DISTRITO. REITERADA PELA INDICAÇÃO 163/2019.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3592/3592_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3592/3592_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA PROVIDENCIADO JUNTO A SECRETARIA COMPETENTE A REFORMA DA CAPELA MORTUÁRIA, QUE ESTÁ LOCALIZADA EM CONCEIÇÃO DE JACAREÍ - 2º DISTRITO. REITERADA PELA INDICAÇÃO 434/2018.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3605/3605_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3605/3605_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, NO SENTIDO DE QUE SEJA FEITA A LIMPEZA E REPAROS NECESSÁRIOS EM TODA A EXTENSÃO DO CANAL EXISTENTE NO LOGRADOURO PÚBLICO LOCALIZADO NA AV. RIO DE JANEIRO (AV. JOSÉ ANTÔNIO DA COSTA), PRAIA DO SACO, EM MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 73/2018.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3606/3606_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3606/3606_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO DA RUA JOSÉ ALVES DE SOUZA E SILVA, NO BAIRRO PARQUE BELA VISTA, EM MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 37/2019.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3608/3608_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3608/3608_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA FEITA A REFORMA IMEDIATA DO COLÉGIO NOSSA SENHORA DAS GRAÇAS, EM MURIQUI - 4º DISTRITO. REITERADA PELAS INDICAÇÕES 216/2018 E 58/2019.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3646/3646_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3646/3646_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A REVITALIZAÇÃO E OBRAS DE REPARO EM TODA EXTENSÃO DA ORLA DA PRAIA DO SACO, EM MANGARATIBA - 1º DISTRITO. REITERADA PELAS INDICAÇÕES 244/2018 E 238/2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -912,67 +912,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2420/2420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2472/2472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2486/2486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2491/2491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2522/2522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2523/2523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2542/2542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2596/2596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2691/2691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2725/2725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2737/2737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2815/2815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2841/2841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2877/2877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2894/2894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2902/2902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2925/2925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2936/2936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2937/2937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2940/2940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3438/3438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3448/3448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3585/3585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3586/3586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3592/3592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3605/3605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3606/3606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3608/3608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3646/3646_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2420/2420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2472/2472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2486/2486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2491/2491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2522/2522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2523/2523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2542/2542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2596/2596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2691/2691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2725/2725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2737/2737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2815/2815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2841/2841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2877/2877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2894/2894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2902/2902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2925/2925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2936/2936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2937/2937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2940/2940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3438/3438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3448/3448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3585/3585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3586/3586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3592/3592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3605/3605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3606/3606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3608/3608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3646/3646_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>