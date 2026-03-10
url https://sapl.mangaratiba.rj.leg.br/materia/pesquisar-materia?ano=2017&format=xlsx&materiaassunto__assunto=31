--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -54,135 +54,135 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rômulo Carcará</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2483/2483_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2483/2483_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, PARA QUE SE FAÇA O REORDENAMENTO DA PRAIA DA RIBEIRA, EM MANGARATIBA (1º DISTRITO), INICIANDO COM A RETIRADA DE BARCOS QUE ESTÃO ATRACADOS IRREGULARMENTE NAQUELA LOCALIDADE. REITERADA PELA INDICAÇÃO 145/2018.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>Helder Rangel</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2718/2718_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2718/2718_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE SEJA COLOCADO EM PRÁTICA A LEI 998/2016, SERVIÇO DE VIDEOMONITORAMENTO DOS LOGRADOUROS PÚBLICOS DE MANGARATIBA, QUE CONTEMPLE AS ENTRADAS E AS SAÍDAS DOS DISTRITOS ATRAVÉS DE UM SERVIÇO INTEGRADO A UM CENTRO DE CONTROLE E COMANDO EM PARCERIA COM OS ORGÃOS DE SEGURANÇA PÚBLICA. REITERADA PELA INDICAÇÃO 133/2018.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2788/2788_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2788/2788_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A ANÁLISE DE CONTAMINAÇÃO DA ÁGUA DA PRAIA DO CENTRO DE MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 198/2019.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2789/2789_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2789/2789_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO, EM CARÁTER DE URGÊNCIA, A ANÁLISE DE CONTAMINAÇÃO DA ÁGUA DA PRAIA DO CENTRO DE MANGARATIBA - 1º DISTRITO. REITERADA PELA INDICAÇÃO 161/2019.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2853/2853_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2853/2853_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO O RECADASTRAMENTO DE CONCESSÕES DE DIREITO REAL DE USO AOS PERMISSIONÁRIOS OCUPANTES DOS QUIOSQUES EM TODAS AS ORLAS DE TODOS OS DISTRITOS DE MANGARATIBA. REITERADA PELA INDICAÇÃO 264/2019.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3413/3413_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3413/3413_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR. PREFEITO QUE ENTRE EM CONTATO COM O ORGÃO COMPETENTE PARA QUE TOMEM PROVIDÊNCIAS COM AS EMBARCAÇÕES QUE ESTÃO DESPEJANDO ÓLEO NA BAÍA. REITERADA PELA INDICAÇÃO 116/2018.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Edu Jordão, Fernando do Zé Luiz do Posto</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3307/3307_texto_integral.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3307/3307_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ENVIO DE INFORMAÇÕES À CÂMARA MUNICIPAL DE MANGARATIBA SOBRE OS PEDIDOS DE PROVIDÊNCIAS, POR MEIO DE INDICAÇÕES, REMETIDOS AO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -489,67 +489,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2483/2483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2718/2718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2788/2788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2789/2789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2853/2853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3413/3413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3307/3307_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2483/2483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2718/2718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2788/2788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2789/2789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/2853/2853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3413/3413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/./sapl/public/materialegislativa/2017/3307/3307_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>