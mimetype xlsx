--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -54,669 +54,669 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7508</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Gustavo Busse</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7508/pl_01.11_garb_-_proibicao_da_ocupacao_irregular_JTDGu1b.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7508/pl_01.11_garb_-_proibicao_da_ocupacao_irregular_JTDGu1b.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da ocupação irregular do solo urbano e dá outras providências.</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7509/pl_02.11-garb_destina_verba_ao_fundo_mun_habita_lGWjIwA.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7509/pl_02.11-garb_destina_verba_ao_fundo_mun_habita_lGWjIwA.pdf</t>
   </si>
   <si>
     <t>Destina verba ao fundo Municipal de habitação e interesse Social.</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7510/pl_03.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7510/pl_03.11.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES E PROPRIETÁRIOS DA MARINA PORTO DE ITACURUÇÁ – AMOMAPI.</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José Luiz do Posto</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7511/pl_04.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7511/pl_04.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público - Avenida José Antônio da Costa, em Mangaratiba.</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Carlos Costa</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7512/pl_05.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7512/pl_05.11.pdf</t>
   </si>
   <si>
     <t>Que autoriza ao Prefeito criar a cédula de identidade funcional dos integrantes ativos da Secretaria de Segurança de Mangaratiba.</t>
   </si>
   <si>
     <t>7513</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Nelsinho Bertino</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7513/pl_06.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7513/pl_06.11.pdf</t>
   </si>
   <si>
     <t>Atribui nome a Logradouro Público "Avenida Vereador Célio Lopes" a atual avenida Mangaratiba.</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7514/pl_07.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7514/pl_07.11.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial do Município de Mangaratiba a semana de valorização da vida.</t>
   </si>
   <si>
     <t>7515</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7515/pl_08.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7515/pl_08.11.pdf</t>
   </si>
   <si>
     <t>Institui a criação e manutenção nos Centros Educacionais e Esportivos do Município de Mangaratiba, o Programa de Práticas Esportivas.</t>
   </si>
   <si>
     <t>7516</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7516/pl_09.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7516/pl_09.11.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Mangaratiba a Semana de Evangelização.</t>
   </si>
   <si>
     <t>7517</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7517/pl_10.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7517/pl_10.11.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal instituir Campanha para incentivar o Manejo e Coleta de pilhas, baterias de celulares, lâmpadas e outros tipos de acumuladores de energia em Mangaratiba.</t>
   </si>
   <si>
     <t>7518</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7518/pl_11.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7518/pl_11.11.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Agricultura Familiar e dá outras providências.</t>
   </si>
   <si>
     <t>7519</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Dr. Ruy</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7519/pl_12.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7519/pl_12.11.pdf</t>
   </si>
   <si>
     <t>Caracteriza a esterilização gratuita de caninos e felinos como função de saúde pública, institui sua prática como método oficial de controle populacional e de zoonose, proíbe o extermínio sistemático de animais urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>7520</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7520/pl_13.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7520/pl_13.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação de cartaz, em local visível ao público, com a seguinte expressão RESPEITE O IDOSO E SEUS DIREITOS, nos locais que especifica.</t>
   </si>
   <si>
     <t>7521</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7521/pl_14.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7521/pl_14.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público - Rua Conceição Aparecida Cabral, em Conceição de Jacareí.</t>
   </si>
   <si>
     <t>7522</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7522/pl_15.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7522/pl_15.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a emissão de quitação anual de débitos do imposto sobre a propriedade predial e territorial urbana – IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>7523</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Edinho Ramos</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7523/pl_16.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7523/pl_16.11.pdf</t>
   </si>
   <si>
     <t>Reserva vagas de estacionamento para idosos, no Município de Mangaratiba, conforme especifica.</t>
   </si>
   <si>
     <t>7524</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7524/pl_17.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7524/pl_17.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público - Cesar Gibran SImões, em Itacuruçá.</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7525/pl_18.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7525/pl_18.11.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia da Doação de Leite Materno.</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7526/pl_19.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7526/pl_19.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público - Rua João de Deus Calazans, em Mangaratiba.</t>
   </si>
   <si>
     <t>7527</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7527/pl_20.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7527/pl_20.11.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de orientação, primeiros socorros e prevenção de acidentes a idosos.</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7528/pl_21.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7528/pl_21.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público – Rua Aurelino José Abade, em Mangaratiba.</t>
   </si>
   <si>
     <t>7529</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7529/pl_22.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7529/pl_22.11.pdf</t>
   </si>
   <si>
     <t>Estabelece responsável técnico para funcionamento de academias de atividade física e esportiva, clubes, associações esportivas e de atividades física, estúdios de condicionamento físico, centros esportivos e academias de musculação ginástica em geral, com ou sem objetivos competitivos, com ou sem objetivos comerciais, escolas esportivas em geral com ou sem objetivos comerciais, competitivos e similares e dá outras providências.</t>
   </si>
   <si>
     <t>7530</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7530/pl_23.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7530/pl_23.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o projeto lazer acessível que prevê a instalação de rampas de acesso para portadores de deficiência física e idosos nas praias do Município e dá outras providências.</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7531/pl_24.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7531/pl_24.11.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de incentivo ao desconto no IPTU, denominado IPTU VERDE.</t>
   </si>
   <si>
     <t>7532</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7532/pl_25.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7532/pl_25.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público – Rua Almerindo Francisco Cabral, em Mangaratiba.</t>
   </si>
   <si>
     <t>7533</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7533/pl_26.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7533/pl_26.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso de adesivos de identificação nos veículos prestadores de serviço de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>7534</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7534/pl_27.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7534/pl_27.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de uma Lona Cultural no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>7535</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7535/pl_28.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7535/pl_28.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação do quantitativo de alunos nas salas de aula das escolas públicas do Município de Mangaratiba.</t>
   </si>
   <si>
     <t>7536</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Dr. Simões</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7536/pl_29.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7536/pl_29.11.pdf</t>
   </si>
   <si>
     <t>Dá a atual Praça na Praia da Gamboa, Ilha de Itacuruçá, o nome de Praça Eronides Rodrigues de Miranda.</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7537/pl_30.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7537/pl_30.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público - Rua José Lourival Mauricio Rodrigues, em Mangaratiba.</t>
   </si>
   <si>
     <t>7538</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7538/pl_31.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7538/pl_31.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa de reciclagem de entulhos de construção civil do município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7539/pl_32.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7539/pl_32.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público – Rua Jair Baptista da Silva, em Mangaratiba.</t>
   </si>
   <si>
     <t>7540</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7540/pl_33.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7540/pl_33.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público – Rua Severino Ramos França dos Santos, em Mangaratiba.</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7541/pl_34.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7541/pl_34.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público – Rua Antônio João Thimóteo, em Mangaratiba.</t>
   </si>
   <si>
     <t>7542</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7542/pl_35.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7542/pl_35.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Próprios Municipais - Campo de Futebol de Areia  Jesuel Ovídio, em Mangaratiba.</t>
   </si>
   <si>
     <t>7543</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7543/pl_36.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7543/pl_36.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público – Rua Eutíquio Gomes da Silva, em Mangaratiba.</t>
   </si>
   <si>
     <t>7544</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7544/pl_37.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7544/pl_37.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público – Rua Antônio Claudio Gonçalves, em Mangaratiba.</t>
   </si>
   <si>
     <t>7545</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7545/pl_38.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7545/pl_38.11.pdf</t>
   </si>
   <si>
     <t>Atribui nome a Logradouro Público - Servidão Avelino Nunes, em Mangaratiba.</t>
   </si>
   <si>
     <t>7546</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7546/pl_39.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7546/pl_39.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação para ocupar cargos ou funções de Secretários Municipais, Ordenadores de Despesas, Diretores de Empresas Municipais, Fundações e Autarquias no âmbito do Município de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7547/pl_40.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7547/pl_40.11.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial de eventos do Município o evento MARCHA PARA JESUS.</t>
   </si>
   <si>
     <t>7548</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7548/pl_41.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7548/pl_41.11.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Combate a Pedofilia e Violência contra Menores  e dá outras providências.</t>
   </si>
   <si>
     <t>7549</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7549/pl_42.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7549/pl_42.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público - Rua Jamil Jorge Sobrinho, a rua 23 situada na localidade de Muriqui.</t>
   </si>
   <si>
     <t>7550</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7550/pl_43.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7550/pl_43.11.pdf</t>
   </si>
   <si>
     <t>Institui o Código Municipal de Limpeza Urbana de Mangaratiba e dá outras providências.</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7551/pl_44.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7551/pl_44.11.pdf</t>
   </si>
   <si>
     <t>Autoriza a construção do Monumento à Bíblia no Município de Mangaratiba.</t>
   </si>
   <si>
     <t>7552</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7552/pl_45.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7552/pl_45.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público - Rua José de Arimathea Rodrigues da Fonseca.</t>
   </si>
   <si>
     <t>7553</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7553/pl_46.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7553/pl_46.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público - Rua Moacir Manoel da Silva,  em Mangaratiba.</t>
   </si>
   <si>
     <t>7555</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7555/pl_48.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7555/pl_48.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público - Rua Eutíquio Gomes da Silva, em Mangaratiba.</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7556/pl_49.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7556/pl_49.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público - Rua Largo Germínia Salles Gouveia, em Mangaratiba.</t>
   </si>
   <si>
     <t>7557</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7557/pl_50.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7557/pl_50.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público – Rua Reinaldo Pontes Rangel, em Mangaratiba.</t>
   </si>
   <si>
     <t>7558</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7558/pl_51.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7558/pl_51.11.pdf</t>
   </si>
   <si>
     <t>Dá nome a Logradouro Público – Rua Capitão Xerxes Tapajós Bentes, em Conceição de Jacareí.</t>
   </si>
   <si>
     <t>7559</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7559/pl_52.11.pdf</t>
+    <t>http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7559/pl_52.11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o combate à pratica de assédio moral entre servidores da administração pública municipal direta e indireta no Município de Mangaratiba.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1023,67 +1023,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7508/pl_01.11_garb_-_proibicao_da_ocupacao_irregular_JTDGu1b.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7509/pl_02.11-garb_destina_verba_ao_fundo_mun_habita_lGWjIwA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7510/pl_03.11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7511/pl_04.11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7512/pl_05.11.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7513/pl_06.11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7514/pl_07.11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7515/pl_08.11.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7516/pl_09.11.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7517/pl_10.11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7518/pl_11.11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7519/pl_12.11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7520/pl_13.11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7521/pl_14.11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7522/pl_15.11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7523/pl_16.11.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7524/pl_17.11.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7525/pl_18.11.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7526/pl_19.11.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7527/pl_20.11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7528/pl_21.11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7529/pl_22.11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7530/pl_23.11.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7531/pl_24.11.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7532/pl_25.11.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7533/pl_26.11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7534/pl_27.11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7535/pl_28.11.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7536/pl_29.11.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7537/pl_30.11.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7538/pl_31.11.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7539/pl_32.11.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7540/pl_33.11.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7541/pl_34.11.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7542/pl_35.11.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7543/pl_36.11.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7544/pl_37.11.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7545/pl_38.11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7546/pl_39.11.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7547/pl_40.11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7548/pl_41.11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7549/pl_42.11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7550/pl_43.11.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7551/pl_44.11.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7552/pl_45.11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7553/pl_46.11.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7555/pl_48.11.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7556/pl_49.11.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7557/pl_50.11.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7558/pl_51.11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7559/pl_52.11.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7508/pl_01.11_garb_-_proibicao_da_ocupacao_irregular_JTDGu1b.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7509/pl_02.11-garb_destina_verba_ao_fundo_mun_habita_lGWjIwA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7510/pl_03.11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7511/pl_04.11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7512/pl_05.11.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7513/pl_06.11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7514/pl_07.11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7515/pl_08.11.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7516/pl_09.11.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7517/pl_10.11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7518/pl_11.11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7519/pl_12.11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7520/pl_13.11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7521/pl_14.11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7522/pl_15.11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7523/pl_16.11.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7524/pl_17.11.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7525/pl_18.11.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7526/pl_19.11.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7527/pl_20.11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7528/pl_21.11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7529/pl_22.11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7530/pl_23.11.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7531/pl_24.11.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7532/pl_25.11.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7533/pl_26.11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7534/pl_27.11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7535/pl_28.11.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7536/pl_29.11.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7537/pl_30.11.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7538/pl_31.11.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7539/pl_32.11.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7540/pl_33.11.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7541/pl_34.11.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7542/pl_35.11.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7543/pl_36.11.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7544/pl_37.11.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7545/pl_38.11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7546/pl_39.11.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7547/pl_40.11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7548/pl_41.11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7549/pl_42.11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7550/pl_43.11.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7551/pl_44.11.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7552/pl_45.11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7553/pl_46.11.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7555/pl_48.11.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7556/pl_49.11.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7557/pl_50.11.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7558/pl_51.11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mangaratiba.rj.leg.br/media/sapl/public/materialegislativa/2011/7559/pl_52.11.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>